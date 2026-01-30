--- v0 (2025-10-29)
+++ v1 (2026-01-30)
@@ -23,51 +23,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="8190" tabRatio="995"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
   <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <charset val="1"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -397,52 +397,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac">
-  <dimension ref="A2:F1739"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
+  <dimension ref="A2:F1747"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="8.5703125"/>
     <col min="3" max="3" width="12.85546875" style="1" customWidth="1"/>
     <col min="4" max="1025" width="8.5703125"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" customFormat="false">
       <c r="A2" s="0">
         <v>2</v>
       </c>
       <c r="B2" s="0" t="str">
         <v>Agenda</v>
       </c>
       <c r="C2" s="1">
         <v>44336.0</v>
       </c>
       <c r="D2" s="0" t="str">
         <v>Transitievisie warmte</v>
       </c>
@@ -20283,71 +20283,71 @@
       </c>
       <c r="B996" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C996" s="1">
         <v>44994.0</v>
       </c>
       <c r="D996" s="0" t="str">
         <v>Nr. 106 Stichting FBL Destructie van cultureel erfgoed</v>
       </c>
       <c r="E996" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F996" s="0" t="str">
         <v>TOOR</v>
       </c>
     </row>
     <row r="997" spans="1:6" customFormat="false">
       <c r="A997" s="0">
         <v>541</v>
       </c>
       <c r="B997" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C997" s="1">
-        <v>44763.0</v>
+        <v>45974.0</v>
       </c>
       <c r="D997" s="0" t="str">
         <v xml:space="preserve">Nr. 117 Inwoner Waalwijk Protest tegen onnodige vernietiging halvezolenfietspad en dijk  </v>
       </c>
       <c r="E997" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F997" s="0" t="str">
         <v>VBL</v>
       </c>
     </row>
     <row r="998" spans="1:6" customFormat="false">
       <c r="A998" s="0">
         <v>578</v>
       </c>
       <c r="B998" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C998" s="1">
-        <v>44841.0</v>
+        <v>45974.0</v>
       </c>
       <c r="D998" s="0" t="str">
         <v>Nr. 134 Ministerie van Infrastructuur en Waterstaat: inzet interbestuurlijk toezicht inbreng basistakenpakket</v>
       </c>
       <c r="E998" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F998" s="0" t="str">
         <v>VBL</v>
       </c>
     </row>
     <row r="999" spans="1:6" customFormat="false">
       <c r="A999" s="0">
         <v>579</v>
       </c>
       <c r="B999" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C999" s="1">
         <v>44841.0</v>
       </c>
       <c r="D999" s="0" t="str">
         <v>Nr. 143 GMHK: Projectplan GMHK</v>
       </c>
       <c r="E999" s="0" t="str">
@@ -20523,51 +20523,51 @@
       </c>
       <c r="B1008" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1008" s="1">
         <v>44924.0</v>
       </c>
       <c r="D1008" s="0" t="str">
         <v xml:space="preserve">Nr 195 Baanbrekers over toekomst industrieterrein Zanddonk </v>
       </c>
       <c r="E1008" s="0" t="str">
         <v>R. Bakker</v>
       </c>
       <c r="F1008" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1009" spans="1:6" customFormat="false">
       <c r="A1009" s="0">
         <v>672</v>
       </c>
       <c r="B1009" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1009" s="1">
-        <v>44924.0</v>
+        <v>45974.0</v>
       </c>
       <c r="D1009" s="0" t="str">
         <v>Nr. 196 Inwoner Drunen over bezwaar herbouwen horeca locatie Lido</v>
       </c>
       <c r="E1009" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1009" s="0" t="str">
         <v>VBL</v>
       </c>
     </row>
     <row r="1010" spans="1:6" customFormat="false">
       <c r="A1010" s="0">
         <v>707</v>
       </c>
       <c r="B1010" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1010" s="1">
         <v>44960.0</v>
       </c>
       <c r="D1010" s="0" t="str">
         <v>Nr. 200 FBL Pleidooi voor monumentenstatus bruggen en verborgen pijlers bij aanleg snelfietsroute Waalwijk-Den Bosch</v>
       </c>
       <c r="E1010" s="0" t="str">
@@ -20803,51 +20803,51 @@
       </c>
       <c r="B1022" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1022" s="1">
         <v>44967.0</v>
       </c>
       <c r="D1022" s="0" t="str">
         <v>Nr. 5 Bridgeclub Waalwijk Verzoek tegemoetkoming notariskosten inzake de WBTR voor verenigingen</v>
       </c>
       <c r="E1022" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1022" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1023" spans="1:6" customFormat="false">
       <c r="A1023" s="0">
         <v>809</v>
       </c>
       <c r="B1023" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1023" s="1">
-        <v>44967.0</v>
+        <v>45974.0</v>
       </c>
       <c r="D1023" s="0" t="str">
         <v>Nr. 6 Inwoner Berkel-Enschot Parkeerabonnement De Els</v>
       </c>
       <c r="E1023" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1023" s="0" t="str">
         <v>VBL</v>
       </c>
     </row>
     <row r="1024" spans="1:6" customFormat="false">
       <c r="A1024" s="0">
         <v>840</v>
       </c>
       <c r="B1024" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1024" s="1">
         <v>44978.0</v>
       </c>
       <c r="D1024" s="0" t="str">
         <v>Nr. 2 Inwoner Waalwijk over aanleg voetbalveld Gradenboog</v>
       </c>
       <c r="E1024" s="0" t="str">
@@ -21843,51 +21843,51 @@
       </c>
       <c r="B1074" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1074" s="1">
         <v>45728.0</v>
       </c>
       <c r="D1074" s="0" t="str">
         <v>Nr. 199 Inwoner Waspik Verkeersveiligheid Scharlo en Industrieweg</v>
       </c>
       <c r="E1074" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1074" s="0" t="str">
         <v>RBL</v>
       </c>
     </row>
     <row r="1075" spans="1:6" customFormat="false">
       <c r="A1075" s="0">
         <v>1416</v>
       </c>
       <c r="B1075" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1075" s="1">
-        <v>45777.0</v>
+        <v>45624.0</v>
       </c>
       <c r="D1075" s="0" t="str">
         <v>Nr 3 Inclusief Waalwijk: speeltuinen in de gemeente Waalwijk</v>
       </c>
       <c r="E1075" s="0" t="str">
         <v>S. Slaats</v>
       </c>
       <c r="F1075" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1076" spans="1:6" customFormat="false">
       <c r="A1076" s="0">
         <v>1417</v>
       </c>
       <c r="B1076" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1076" s="1">
         <v>45692.0</v>
       </c>
       <c r="D1076" s="0" t="str">
         <v>nr 17 Advocaat Valentijn Leijh: Nieuwe versie detailhandelsstructuur visie</v>
       </c>
       <c r="E1076" s="0" t="str">
@@ -22169,12999 +22169,13159 @@
       </c>
       <c r="D1090" s="0" t="str">
         <v>Ingek st 121 Roku en de Fine Eastern Restaurants (FER) betreffende Oproep tot steun voor behoud Aziatische horeca in onze gemeente</v>
       </c>
       <c r="E1090" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1090" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1091" spans="1:6" customFormat="false">
       <c r="A1091" s="0">
         <v>1554</v>
       </c>
       <c r="B1091" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1091" s="1">
         <v>46002.0</v>
       </c>
       <c r="D1091" s="0" t="str">
         <v>Nr. 138 Brief Stichting Jongerenwerk Tavenu over Vernieuwde inzichten financiële situatie Stichting Jongerenwerk Tavenu</v>
       </c>
       <c r="E1091" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1091" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1092" spans="1:6" customFormat="false">
       <c r="A1092" s="0">
-        <v>8</v>
+        <v>1563</v>
       </c>
       <c r="B1092" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1092" s="1">
-        <v>44959.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D1092" s="0" t="str">
-        <v>Automaatje in Sprang-Capelle en Waalwijk</v>
+        <v>Nr. 169 Inwoner Waalwijk: Uitlatingen wethouder</v>
       </c>
       <c r="E1092" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1092" s="0" t="str">
-        <v>TOOR</v>
+        <v>AEO</v>
       </c>
     </row>
     <row r="1093" spans="1:6" customFormat="false">
       <c r="A1093" s="0">
-        <v>53</v>
+        <v>1565</v>
       </c>
       <c r="B1093" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1093" s="1">
-        <v>44531.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1093" s="0" t="str">
-        <v>Motie rapport rekenkameronderzoek Burgerparticipatie</v>
+        <v>Nr. 172 Rechtbank Zeeland West-Brabant Beroep inwoner Waalwijk</v>
       </c>
       <c r="E1093" s="0" t="str">
-        <v>S. Ausems</v>
-[...1 lines deleted...]
-      <c r="F1093" s="0"/>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
+      </c>
+      <c r="F1093" s="0" t="str">
+        <v>OBL</v>
+      </c>
     </row>
     <row r="1094" spans="1:6" customFormat="false">
       <c r="A1094" s="0">
-        <v>60</v>
+        <v>1566</v>
       </c>
       <c r="B1094" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1094" s="1">
-        <v>45291.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1094" s="0" t="str">
-        <v>Algemene Plaatselijke Verordening gemeente Waalwijk 2017 (APV)</v>
+        <v>Nr. 176 Van den Berg: pro forma bezwaar vestiging voorkeursrecht object Eerste Zeine Waalwijk</v>
       </c>
       <c r="E1094" s="0" t="str">
-        <v>S. Ausems</v>
-[...1 lines deleted...]
-      <c r="F1094" s="0"/>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
+      </c>
+      <c r="F1094" s="0" t="str">
+        <v>OBL</v>
+      </c>
     </row>
     <row r="1095" spans="1:6" customFormat="false">
       <c r="A1095" s="0">
-        <v>65</v>
+        <v>1567</v>
       </c>
       <c r="B1095" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1095" s="1">
-        <v>44384.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1095" s="0" t="str">
-        <v xml:space="preserve">Juridische kosten </v>
+        <v>Nr. 179: Provincie Noord-Brabant: zienswijze Schotse Hooglanderstraat 82</v>
       </c>
       <c r="E1095" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
       </c>
       <c r="F1095" s="0" t="str">
-        <v>TFIN</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1096" spans="1:6" customFormat="false">
       <c r="A1096" s="0">
-        <v>82</v>
+        <v>1568</v>
       </c>
       <c r="B1096" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1096" s="1">
-        <v>44392.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1096" s="0" t="str">
-        <v>Gezamenlijke verkiezingsborden</v>
+        <v>Nr. 182 Inwoner gemeente Waalwijk: Gemeentepolis duurder dan basispolis</v>
       </c>
       <c r="E1096" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
       </c>
       <c r="F1096" s="0" t="str">
-        <v>TPUB</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1097" spans="1:6" customFormat="false">
       <c r="A1097" s="0">
-        <v>94</v>
+        <v>1569</v>
       </c>
       <c r="B1097" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1097" s="1">
-        <v>44805.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1097" s="0" t="str">
-        <v>Motie vreemde aan de orde over aanleg glasvezelnetwerk in alle kernen van gemeente Waalwijk</v>
+        <v>Nr. 183: Inwoner Sprang-Capelle: Voetpad uitlaatstrook Poolsestraat</v>
       </c>
       <c r="E1097" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
       </c>
       <c r="F1097" s="0" t="str">
-        <v>TORV</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1098" spans="1:6" customFormat="false">
       <c r="A1098" s="0">
-        <v>99</v>
+        <v>1570</v>
       </c>
       <c r="B1098" s="0" t="str">
-        <v>Moties</v>
+        <v>Ingekomen stukken</v>
       </c>
       <c r="C1098" s="1">
-        <v>46054.0</v>
+        <v>46092.0</v>
       </c>
       <c r="D1098" s="0" t="str">
-        <v>Haven 8 Oost</v>
+        <v>Nr. 185: Rechbank Zeeland West-Brabant: Beroep</v>
       </c>
       <c r="E1098" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Ausems, Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
       </c>
       <c r="F1098" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1099" spans="1:6" customFormat="false">
       <c r="A1099" s="0">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="B1099" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1099" s="1">
-        <v>44525.0</v>
+        <v>44959.0</v>
       </c>
       <c r="D1099" s="0" t="str">
-        <v>Uitspraak RvS Herstelbesluit vaststelling bp Gemengd gebied</v>
+        <v>Automaatje in Sprang-Capelle en Waalwijk</v>
       </c>
       <c r="E1099" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1099" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1100" spans="1:6" customFormat="false">
       <c r="A1100" s="0">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="B1100" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1100" s="1">
-        <v>44561.0</v>
+        <v>44531.0</v>
       </c>
       <c r="D1100" s="0" t="str">
-        <v>Motie over vrijstelling van giften tot 1200 euro per jaar voor uitkeringsgerechtigden</v>
+        <v>Motie rapport rekenkameronderzoek Burgerparticipatie</v>
       </c>
       <c r="E1100" s="0" t="str">
-        <v>R. Bakker</v>
-[...3 lines deleted...]
-      </c>
+        <v>S. Ausems</v>
+      </c>
+      <c r="F1100" s="0"/>
     </row>
     <row r="1101" spans="1:6" customFormat="false">
       <c r="A1101" s="0">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="B1101" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1101" s="1">
-        <v>44561.0</v>
+        <v>45291.0</v>
       </c>
       <c r="D1101" s="0" t="str">
-        <v>Motie afwijken kostendelersnorm</v>
+        <v>Algemene Plaatselijke Verordening gemeente Waalwijk 2017 (APV)</v>
       </c>
       <c r="E1101" s="0" t="str">
-        <v>R. Bakker</v>
-[...3 lines deleted...]
-      </c>
+        <v>S. Ausems</v>
+      </c>
+      <c r="F1101" s="0"/>
     </row>
     <row r="1102" spans="1:6" customFormat="false">
       <c r="A1102" s="0">
-        <v>105</v>
+        <v>65</v>
       </c>
       <c r="B1102" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1102" s="1">
-        <v>44484.0</v>
+        <v>44384.0</v>
       </c>
       <c r="D1102" s="0" t="str">
-        <v>Motie Parkmanagement Waalwijk</v>
+        <v xml:space="preserve">Juridische kosten </v>
       </c>
       <c r="E1102" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1102" s="0" t="str">
-        <v>CSTR</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1103" spans="1:6" customFormat="false">
       <c r="A1103" s="0">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="B1103" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1103" s="1">
-        <v>45078.0</v>
+        <v>44392.0</v>
       </c>
       <c r="D1103" s="0" t="str">
-        <v>Motie vreemd aan de orde kaders participatieproces initiatiefnemer van ruimtelijke ontwikkeling</v>
+        <v>Gezamenlijke verkiezingsborden</v>
       </c>
       <c r="E1103" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1103" s="0" t="str">
-        <v>TREW</v>
+        <v>TPUB</v>
       </c>
     </row>
     <row r="1104" spans="1:6" customFormat="false">
       <c r="A1104" s="0">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B1104" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1104" s="1">
-        <v>45078.0</v>
+        <v>44805.0</v>
       </c>
       <c r="D1104" s="0" t="str">
-        <v>Motie participeren bij een coördinatieregeling</v>
+        <v>Motie vreemde aan de orde over aanleg glasvezelnetwerk in alle kernen van gemeente Waalwijk</v>
       </c>
       <c r="E1104" s="0" t="str">
-        <v>E. Daandels,A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1104" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1105" spans="1:6" customFormat="false">
       <c r="A1105" s="0">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="B1105" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1105" s="1">
-        <v>44482.0</v>
+        <v>46054.0</v>
       </c>
       <c r="D1105" s="0" t="str">
-        <v>Motie stimuleren innovatieve projectontwikkeling en woningbouw</v>
+        <v>Haven 8 Oost</v>
       </c>
       <c r="E1105" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1105" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1106" spans="1:6" customFormat="false">
       <c r="A1106" s="0">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="B1106" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1106" s="1">
-        <v>44749.0</v>
+        <v>44525.0</v>
       </c>
       <c r="D1106" s="0" t="str">
-        <v>Motie concretisering ambities stedelijk leven en wonen in het centrum en de winterdijkzone</v>
+        <v>Uitspraak RvS Herstelbesluit vaststelling bp Gemengd gebied</v>
       </c>
       <c r="E1106" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1106" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1107" spans="1:6" customFormat="false">
       <c r="A1107" s="0">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="B1107" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1107" s="1">
-        <v>44446.0</v>
+        <v>44561.0</v>
       </c>
       <c r="D1107" s="0" t="str">
-        <v>Motie Evaluatierapport toegang zorg en ondersteuning</v>
+        <v>Motie over vrijstelling van giften tot 1200 euro per jaar voor uitkeringsgerechtigden</v>
       </c>
       <c r="E1107" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1107" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1108" spans="1:6" customFormat="false">
       <c r="A1108" s="0">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="B1108" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1108" s="1">
-        <v>44544.0</v>
+        <v>44561.0</v>
       </c>
       <c r="D1108" s="0" t="str">
-        <v>Motie Blauwe Maan</v>
+        <v>Motie afwijken kostendelersnorm</v>
       </c>
       <c r="E1108" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1108" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1109" spans="1:6" customFormat="false">
       <c r="A1109" s="0">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B1109" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1109" s="1">
-        <v>44831.0</v>
+        <v>44484.0</v>
       </c>
       <c r="D1109" s="0" t="str">
-        <v>Motie verkenning stimuleringsmaatregelen binnenstad</v>
+        <v>Motie Parkmanagement Waalwijk</v>
       </c>
       <c r="E1109" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1109" s="0" t="str">
-        <v>TREW</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1110" spans="1:6" customFormat="false">
       <c r="A1110" s="0">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="B1110" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1110" s="1">
-        <v>44446.0</v>
+        <v>45078.0</v>
       </c>
       <c r="D1110" s="0" t="str">
-        <v>Motie vreemd aan de orde betreffende agroforestry</v>
+        <v>Motie vreemd aan de orde kaders participatieproces initiatiefnemer van ruimtelijke ontwikkeling</v>
       </c>
       <c r="E1110" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1110" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1111" spans="1:6" customFormat="false">
       <c r="A1111" s="0">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="B1111" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1111" s="1">
-        <v>44928.0</v>
+        <v>45078.0</v>
       </c>
       <c r="D1111" s="0" t="str">
-        <v xml:space="preserve">Motie terugdringen alcohol in publieke ruimten </v>
+        <v>Motie participeren bij een coördinatieregeling</v>
       </c>
       <c r="E1111" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels,A. de Jong</v>
       </c>
       <c r="F1111" s="0" t="str">
-        <v>TSPO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1112" spans="1:6" customFormat="false">
       <c r="A1112" s="0">
-        <v>147</v>
+        <v>112</v>
       </c>
       <c r="B1112" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1112" s="1">
-        <v>44470.0</v>
+        <v>44482.0</v>
       </c>
       <c r="D1112" s="0" t="str">
-        <v>Motie conservering Hoefsvengebied</v>
+        <v>Motie stimuleren innovatieve projectontwikkeling en woningbouw</v>
       </c>
       <c r="E1112" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1112" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1113" spans="1:6" customFormat="false">
       <c r="A1113" s="0">
-        <v>173</v>
+        <v>114</v>
       </c>
       <c r="B1113" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1113" s="1">
-        <v>44504.0</v>
+        <v>44749.0</v>
       </c>
       <c r="D1113" s="0" t="str">
-        <v>De toekomst van Waalwijk</v>
+        <v>Motie concretisering ambities stedelijk leven en wonen in het centrum en de winterdijkzone</v>
       </c>
       <c r="E1113" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1113" s="0" t="str">
-        <v>CSTR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1114" spans="1:6" customFormat="false">
       <c r="A1114" s="0">
-        <v>210</v>
+        <v>117</v>
       </c>
       <c r="B1114" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1114" s="1">
-        <v>45657.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1114" s="0" t="str">
-        <v xml:space="preserve">Verharding paden begraafplaatsen </v>
+        <v>Motie Evaluatierapport toegang zorg en ondersteuning</v>
       </c>
       <c r="E1114" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1114" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1115" spans="1:6" customFormat="false">
       <c r="A1115" s="0">
-        <v>211</v>
+        <v>119</v>
       </c>
       <c r="B1115" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1115" s="1">
-        <v>44910.0</v>
+        <v>44544.0</v>
       </c>
       <c r="D1115" s="0" t="str">
-        <v>Herijking subsidiebeleid</v>
+        <v>Motie Blauwe Maan</v>
       </c>
       <c r="E1115" s="0" t="str">
-        <v xml:space="preserve"> Raad</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1115" s="0" t="str">
-        <v>GRFF</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1116" spans="1:6" customFormat="false">
       <c r="A1116" s="0">
-        <v>212</v>
+        <v>127</v>
       </c>
       <c r="B1116" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1116" s="1">
-        <v>44593.0</v>
+        <v>44831.0</v>
       </c>
       <c r="D1116" s="0" t="str">
-        <v>Instellen investeringsfonds voor bekostiging van de duurzaamheidsmaatregelen</v>
+        <v>Motie verkenning stimuleringsmaatregelen binnenstad</v>
       </c>
       <c r="E1116" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1116" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1117" spans="1:6" customFormat="false">
       <c r="A1117" s="0">
-        <v>285</v>
+        <v>142</v>
       </c>
       <c r="B1117" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1117" s="1">
-        <v>45931.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1117" s="0" t="str">
-        <v xml:space="preserve">Motie vreemd aan de orde over koppelkansen in uitvoeringsfase bij het raadsvoorstel over de Hooipolder </v>
+        <v>Motie vreemd aan de orde betreffende agroforestry</v>
       </c>
       <c r="E1117" s="0" t="str">
-        <v>J. van den Hoven,T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1117" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1118" spans="1:6" customFormat="false">
       <c r="A1118" s="0">
-        <v>328</v>
+        <v>143</v>
       </c>
       <c r="B1118" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1118" s="1">
-        <v>44561.0</v>
+        <v>44928.0</v>
       </c>
       <c r="D1118" s="0" t="str">
-        <v xml:space="preserve">Individuele studietoeslag </v>
+        <v xml:space="preserve">Motie terugdringen alcohol in publieke ruimten </v>
       </c>
       <c r="E1118" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1118" s="0" t="str">
-        <v>TMAO</v>
+        <v>TSPO</v>
       </c>
     </row>
     <row r="1119" spans="1:6" customFormat="false">
       <c r="A1119" s="0">
-        <v>329</v>
+        <v>147</v>
       </c>
       <c r="B1119" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1119" s="1">
-        <v>44927.0</v>
+        <v>44470.0</v>
       </c>
       <c r="D1119" s="0" t="str">
-        <v>Fysiek energieloket</v>
+        <v>Motie conservering Hoefsvengebied</v>
       </c>
       <c r="E1119" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1119" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1120" spans="1:6" customFormat="false">
       <c r="A1120" s="0">
-        <v>330</v>
+        <v>173</v>
       </c>
       <c r="B1120" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1120" s="1">
-        <v>44561.0</v>
+        <v>44504.0</v>
       </c>
       <c r="D1120" s="0" t="str">
-        <v>Fietsen op de promenade</v>
+        <v>De toekomst van Waalwijk</v>
       </c>
       <c r="E1120" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1120" s="0" t="str">
-        <v>TOOR</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1121" spans="1:6" customFormat="false">
       <c r="A1121" s="0">
-        <v>462</v>
+        <v>210</v>
       </c>
       <c r="B1121" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1121" s="1">
-        <v>45474.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1121" s="0" t="str">
-        <v>Stedenbouwkundig ontwerp Gedempte haven</v>
+        <v xml:space="preserve">Verharding paden begraafplaatsen </v>
       </c>
       <c r="E1121" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1121" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1122" spans="1:6" customFormat="false">
       <c r="A1122" s="0">
-        <v>463</v>
+        <v>211</v>
       </c>
       <c r="B1122" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1122" s="1">
-        <v>45474.0</v>
+        <v>44910.0</v>
       </c>
       <c r="D1122" s="0" t="str">
-        <v>Stedenbouwkundig ontwerp Gedempte haven</v>
+        <v>Herijking subsidiebeleid</v>
       </c>
       <c r="E1122" s="0" t="str">
-        <v>A. de Jong</v>
+        <v xml:space="preserve"> Raad</v>
       </c>
       <c r="F1122" s="0" t="str">
-        <v>TREW</v>
+        <v>GRFF</v>
       </c>
     </row>
     <row r="1123" spans="1:6" customFormat="false">
       <c r="A1123" s="0">
-        <v>554</v>
+        <v>212</v>
       </c>
       <c r="B1123" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1123" s="1">
-        <v>45225.0</v>
+        <v>44593.0</v>
       </c>
       <c r="D1123" s="0" t="str">
-        <v>Opkoopbescherming, onderzoek uitbreiding werkingsgebied</v>
+        <v>Instellen investeringsfonds voor bekostiging van de duurzaamheidsmaatregelen</v>
       </c>
       <c r="E1123" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1123" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1124" spans="1:6" customFormat="false">
       <c r="A1124" s="0">
-        <v>555</v>
+        <v>285</v>
       </c>
       <c r="B1124" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1124" s="1">
-        <v>44927.0</v>
+        <v>45931.0</v>
       </c>
       <c r="D1124" s="0" t="str">
-        <v>Aanpassing verordening startersleningen, verzoek voor een grondige evaluatie op de procedure en resultaat</v>
+        <v xml:space="preserve">Motie vreemd aan de orde over koppelkansen in uitvoeringsfase bij het raadsvoorstel over de Hooipolder </v>
       </c>
       <c r="E1124" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>J. van den Hoven,T. Klerx</v>
       </c>
       <c r="F1124" s="0" t="str">
-        <v>TMAO</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1125" spans="1:6" customFormat="false">
       <c r="A1125" s="0">
-        <v>574</v>
+        <v>328</v>
       </c>
       <c r="B1125" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1125" s="1">
-        <v>45201.0</v>
+        <v>44561.0</v>
       </c>
       <c r="D1125" s="0" t="str">
-        <v>Integraal Uitvoeringsprogramma 2023-2026: Duurzaamheid en circulariteit</v>
+        <v xml:space="preserve">Individuele studietoeslag </v>
       </c>
       <c r="E1125" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1125" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1126" spans="1:6" customFormat="false">
       <c r="A1126" s="0">
-        <v>575</v>
+        <v>329</v>
       </c>
       <c r="B1126" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1126" s="1">
-        <v>44841.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1126" s="0" t="str">
-        <v>Jaarrekening 2021: Aanbevelingen accountant</v>
+        <v>Fysiek energieloket</v>
       </c>
       <c r="E1126" s="0" t="str">
-        <v>S. Ausems,D. Odabasi,J. van den Hoven, Raad,S. Schuijffel,A. de Jong,F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1126" s="0" t="str">
-        <v>GRFF</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1127" spans="1:6" customFormat="false">
       <c r="A1127" s="0">
-        <v>588</v>
+        <v>330</v>
       </c>
       <c r="B1127" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1127" s="1">
-        <v>44848.0</v>
+        <v>44561.0</v>
       </c>
       <c r="D1127" s="0" t="str">
-        <v>Kaderstellend debat: biodiversiteit</v>
+        <v>Fietsen op de promenade</v>
       </c>
       <c r="E1127" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1127" s="0" t="str">
-        <v>TORV</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1128" spans="1:6" customFormat="false">
       <c r="A1128" s="0">
-        <v>589</v>
+        <v>462</v>
       </c>
       <c r="B1128" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1128" s="1">
-        <v>44896.0</v>
+        <v>45474.0</v>
       </c>
       <c r="D1128" s="0" t="str">
-        <v>Kaderstellend debat: groene leges</v>
+        <v>Stedenbouwkundig ontwerp Gedempte haven</v>
       </c>
       <c r="E1128" s="0" t="str">
-        <v>J. van den Hoven,T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1128" s="0" t="str">
-        <v>TVVB</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1129" spans="1:6" customFormat="false">
       <c r="A1129" s="0">
-        <v>590</v>
+        <v>463</v>
       </c>
       <c r="B1129" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1129" s="1">
-        <v>46387.0</v>
+        <v>45474.0</v>
       </c>
       <c r="D1129" s="0" t="str">
-        <v>Kaderstellend debat: gepaste openstelling LG Driessen voor voorzieningen en detailhandel</v>
+        <v>Stedenbouwkundig ontwerp Gedempte haven</v>
       </c>
       <c r="E1129" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1129" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1130" spans="1:6" customFormat="false">
       <c r="A1130" s="0">
-        <v>591</v>
+        <v>554</v>
       </c>
       <c r="B1130" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1130" s="1">
-        <v>45748.0</v>
+        <v>45225.0</v>
       </c>
       <c r="D1130" s="0" t="str">
-        <v>Kaderstellend debat: inclusiemaatregelen</v>
+        <v>Opkoopbescherming, onderzoek uitbreiding werkingsgebied</v>
       </c>
       <c r="E1130" s="0" t="str">
-        <v>T. Klerx,S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1130" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1131" spans="1:6" customFormat="false">
       <c r="A1131" s="0">
-        <v>592</v>
+        <v>555</v>
       </c>
       <c r="B1131" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1131" s="1">
-        <v>45106.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1131" s="0" t="str">
-        <v>Kaderstellend debat: de toekomst van industrieterrein Zanddonk</v>
+        <v>Aanpassing verordening startersleningen, verzoek voor een grondige evaluatie op de procedure en resultaat</v>
       </c>
       <c r="E1131" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1131" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1132" spans="1:6" customFormat="false">
       <c r="A1132" s="0">
-        <v>593</v>
+        <v>574</v>
       </c>
       <c r="B1132" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1132" s="1">
-        <v>45106.0</v>
+        <v>45201.0</v>
       </c>
       <c r="D1132" s="0" t="str">
-        <v xml:space="preserve">Kaderstellend debat: circulariteitscentrum </v>
+        <v>Integraal Uitvoeringsprogramma 2023-2026: Duurzaamheid en circulariteit</v>
       </c>
       <c r="E1132" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1132" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1133" spans="1:6" customFormat="false">
       <c r="A1133" s="0">
-        <v>594</v>
+        <v>575</v>
       </c>
       <c r="B1133" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1133" s="1">
-        <v>45627.0</v>
+        <v>44841.0</v>
       </c>
       <c r="D1133" s="0" t="str">
-        <v>Kaderstellend debat: nieuwe strategische visie</v>
+        <v>Jaarrekening 2021: Aanbevelingen accountant</v>
       </c>
       <c r="E1133" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Ausems,D. Odabasi,J. van den Hoven, Raad,S. Schuijffel,A. de Jong,F. Spierings</v>
       </c>
       <c r="F1133" s="0" t="str">
-        <v>DIRC</v>
+        <v>GRFF</v>
       </c>
     </row>
     <row r="1134" spans="1:6" customFormat="false">
       <c r="A1134" s="0">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="B1134" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1134" s="1">
-        <v>45047.0</v>
+        <v>44848.0</v>
       </c>
       <c r="D1134" s="0" t="str">
-        <v>Kaderstellend debat: borging groenrichtlijn bij ruimtelijke ontwikkelingen</v>
+        <v>Kaderstellend debat: biodiversiteit</v>
       </c>
       <c r="E1134" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1134" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1135" spans="1:6" customFormat="false">
       <c r="A1135" s="0">
-        <v>665</v>
+        <v>589</v>
       </c>
       <c r="B1135" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1135" s="1">
-        <v>45019.0</v>
+        <v>44896.0</v>
       </c>
       <c r="D1135" s="0" t="str">
-        <v>Verkeersveiligheid</v>
+        <v>Kaderstellend debat: groene leges</v>
       </c>
       <c r="E1135" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>J. van den Hoven,T. Klerx</v>
       </c>
       <c r="F1135" s="0" t="str">
-        <v>TOOR</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1136" spans="1:6" customFormat="false">
       <c r="A1136" s="0">
-        <v>666</v>
+        <v>590</v>
       </c>
       <c r="B1136" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1136" s="1">
-        <v>44927.0</v>
+        <v>46387.0</v>
       </c>
       <c r="D1136" s="0" t="str">
-        <v>Omgevingsdialoog</v>
+        <v>Kaderstellend debat: gepaste openstelling LG Driessen voor voorzieningen en detailhandel</v>
       </c>
       <c r="E1136" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1136" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1137" spans="1:6" customFormat="false">
       <c r="A1137" s="0">
-        <v>667</v>
+        <v>591</v>
       </c>
       <c r="B1137" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1137" s="1">
-        <v>45351.0</v>
+        <v>45748.0</v>
       </c>
       <c r="D1137" s="0" t="str">
-        <v>Toegankelijkheid accommodaties; betrekken Inclusief Waalwijk</v>
+        <v>Kaderstellend debat: inclusiemaatregelen</v>
       </c>
       <c r="E1137" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx,S. Schuijffel</v>
       </c>
       <c r="F1137" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1138" spans="1:6" customFormat="false">
       <c r="A1138" s="0">
-        <v>668</v>
+        <v>592</v>
       </c>
       <c r="B1138" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1138" s="1">
-        <v>45748.0</v>
+        <v>45106.0</v>
       </c>
       <c r="D1138" s="0" t="str">
-        <v>Toegankelijkheid accommodaties; toegankelijke openbare ruimte rondom gemeentelijke accommodaties</v>
+        <v>Kaderstellend debat: de toekomst van industrieterrein Zanddonk</v>
       </c>
       <c r="E1138" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1138" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1139" spans="1:6" customFormat="false">
       <c r="A1139" s="0">
-        <v>728</v>
+        <v>593</v>
       </c>
       <c r="B1139" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1139" s="1">
-        <v>45108.0</v>
+        <v>45106.0</v>
       </c>
       <c r="D1139" s="0" t="str">
-        <v>Programmabegroting 2023 en Actualisering begroting 2023, 150 jaar slavernijverleden</v>
+        <v xml:space="preserve">Kaderstellend debat: circulariteitscentrum </v>
       </c>
       <c r="E1139" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1139" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1140" spans="1:6" customFormat="false">
       <c r="A1140" s="0">
-        <v>729</v>
+        <v>594</v>
       </c>
       <c r="B1140" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1140" s="1">
-        <v>45200.0</v>
+        <v>45627.0</v>
       </c>
       <c r="D1140" s="0" t="str">
-        <v>Programmabegroting 2023 en Actualisering begroting 2023, Scenario's verbeteren afvalscheiding</v>
+        <v>Kaderstellend debat: nieuwe strategische visie</v>
       </c>
       <c r="E1140" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1140" s="0" t="str">
-        <v>TORV</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1141" spans="1:6" customFormat="false">
       <c r="A1141" s="0">
-        <v>730</v>
+        <v>595</v>
       </c>
       <c r="B1141" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1141" s="1">
-        <v>45167.0</v>
+        <v>45047.0</v>
       </c>
       <c r="D1141" s="0" t="str">
-        <v>Programmabegroting 2023 en Actualisering begroting 2023, verduurzamen bijzondere bijstand</v>
+        <v>Kaderstellend debat: borging groenrichtlijn bij ruimtelijke ontwikkelingen</v>
       </c>
       <c r="E1141" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1141" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1142" spans="1:6" customFormat="false">
       <c r="A1142" s="0">
-        <v>731</v>
+        <v>665</v>
       </c>
       <c r="B1142" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1142" s="1">
-        <v>44967.0</v>
+        <v>45019.0</v>
       </c>
       <c r="D1142" s="0" t="str">
-        <v>Programmabegroting 2023 en Actualisering begroting 2023, straatintimidatie in kaart</v>
+        <v>Verkeersveiligheid</v>
       </c>
       <c r="E1142" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1142" s="0" t="str">
-        <v>TLTH</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1143" spans="1:6" customFormat="false">
       <c r="A1143" s="0">
-        <v>732</v>
+        <v>666</v>
       </c>
       <c r="B1143" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1143" s="1">
-        <v>45322.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1143" s="0" t="str">
-        <v>Programmabegroting 2023 en Actualisering begroting 2023, financieel duurzaam beleid</v>
+        <v>Omgevingsdialoog</v>
       </c>
       <c r="E1143" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1143" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1144" spans="1:6" customFormat="false">
       <c r="A1144" s="0">
-        <v>768</v>
+        <v>667</v>
       </c>
       <c r="B1144" s="0" t="str">
         <v>Moties</v>
       </c>
-      <c r="C1144" s="1" t="str">
-        <v/>
+      <c r="C1144" s="1">
+        <v>45351.0</v>
       </c>
       <c r="D1144" s="0" t="str">
-        <v>b</v>
+        <v>Toegankelijkheid accommodaties; betrekken Inclusief Waalwijk</v>
       </c>
       <c r="E1144" s="0" t="str">
-        <v>S. Ausems,D. Odabasi,R. Bakker,J. van den Hoven, Raad,S. Schuijffel,A. de Jong</v>
-[...1 lines deleted...]
-      <c r="F1144" s="0"/>
+        <v>S. Schuijffel</v>
+      </c>
+      <c r="F1144" s="0" t="str">
+        <v>TMAO</v>
+      </c>
     </row>
     <row r="1145" spans="1:6" customFormat="false">
       <c r="A1145" s="0">
-        <v>786</v>
+        <v>668</v>
       </c>
       <c r="B1145" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1145" s="1">
         <v>45748.0</v>
       </c>
       <c r="D1145" s="0" t="str">
-        <v>Parkeren en groen in Baardwijk</v>
+        <v>Toegankelijkheid accommodaties; toegankelijke openbare ruimte rondom gemeentelijke accommodaties</v>
       </c>
       <c r="E1145" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1145" s="0" t="str">
-        <v>RBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1146" spans="1:6" customFormat="false">
       <c r="A1146" s="0">
-        <v>787</v>
+        <v>728</v>
       </c>
       <c r="B1146" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1146" s="1">
-        <v>45231.0</v>
+        <v>45108.0</v>
       </c>
       <c r="D1146" s="0" t="str">
-        <v>Onderzoek fietsstraat Pastoor v/d Zijlestraat/groene parkeerplaatsen</v>
+        <v>Programmabegroting 2023 en Actualisering begroting 2023, 150 jaar slavernijverleden</v>
       </c>
       <c r="E1146" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1146" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1147" spans="1:6" customFormat="false">
       <c r="A1147" s="0">
-        <v>788</v>
+        <v>729</v>
       </c>
       <c r="B1147" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1147" s="1">
-        <v>45413.0</v>
+        <v>45200.0</v>
       </c>
       <c r="D1147" s="0" t="str">
-        <v>Groen i.p.v. de busbaan</v>
+        <v>Programmabegroting 2023 en Actualisering begroting 2023, Scenario's verbeteren afvalscheiding</v>
       </c>
       <c r="E1147" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1147" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1148" spans="1:6" customFormat="false">
       <c r="A1148" s="0">
-        <v>836</v>
+        <v>730</v>
       </c>
       <c r="B1148" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1148" s="1">
-        <v>45748.0</v>
+        <v>45167.0</v>
       </c>
       <c r="D1148" s="0" t="str">
-        <v>Onderzoek alternatieve noord-zuid fietsroutes</v>
+        <v>Programmabegroting 2023 en Actualisering begroting 2023, verduurzamen bijzondere bijstand</v>
       </c>
       <c r="E1148" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1148" s="0" t="str">
-        <v>RBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1149" spans="1:6" customFormat="false">
       <c r="A1149" s="0">
-        <v>837</v>
+        <v>731</v>
       </c>
       <c r="B1149" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1149" s="1">
-        <v>45048.0</v>
+        <v>44967.0</v>
       </c>
       <c r="D1149" s="0" t="str">
-        <v>Handhaving in Promenadegebied</v>
+        <v>Programmabegroting 2023 en Actualisering begroting 2023, straatintimidatie in kaart</v>
       </c>
       <c r="E1149" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1149" s="0" t="str">
         <v>TLTH</v>
       </c>
     </row>
     <row r="1150" spans="1:6" customFormat="false">
       <c r="A1150" s="0">
-        <v>838</v>
+        <v>732</v>
       </c>
       <c r="B1150" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1150" s="1">
-        <v>46022.0</v>
+        <v>45322.0</v>
       </c>
       <c r="D1150" s="0" t="str">
-        <v>Beleidskader landelijk gebied</v>
+        <v>Programmabegroting 2023 en Actualisering begroting 2023, financieel duurzaam beleid</v>
       </c>
       <c r="E1150" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1150" s="0" t="str">
-        <v>OBL</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1151" spans="1:6" customFormat="false">
       <c r="A1151" s="0">
-        <v>839</v>
+        <v>768</v>
       </c>
       <c r="B1151" s="0" t="str">
         <v>Moties</v>
       </c>
-      <c r="C1151" s="1">
-        <v>45048.0</v>
+      <c r="C1151" s="1" t="str">
+        <v/>
       </c>
       <c r="D1151" s="0" t="str">
-        <v>Vuurwerk</v>
+        <v>b</v>
       </c>
       <c r="E1151" s="0" t="str">
-        <v>S. Ausems</v>
-[...3 lines deleted...]
-      </c>
+        <v>S. Ausems,D. Odabasi,R. Bakker,J. van den Hoven, Raad,S. Schuijffel,A. de Jong</v>
+      </c>
+      <c r="F1151" s="0"/>
     </row>
     <row r="1152" spans="1:6" customFormat="false">
       <c r="A1152" s="0">
-        <v>890</v>
+        <v>786</v>
       </c>
       <c r="B1152" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1152" s="1">
-        <v>45265.0</v>
+        <v>45748.0</v>
       </c>
       <c r="D1152" s="0" t="str">
-        <v>Vaststellen Mobliteitsplan; directe busverbinding met Tilburg</v>
+        <v>Parkeren en groen in Baardwijk</v>
       </c>
       <c r="E1152" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1152" s="0" t="str">
-        <v>TREW</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1153" spans="1:6" customFormat="false">
       <c r="A1153" s="0">
-        <v>891</v>
+        <v>787</v>
       </c>
       <c r="B1153" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1153" s="1">
-        <v>46022.0</v>
+        <v>45231.0</v>
       </c>
       <c r="D1153" s="0" t="str">
-        <v>Realiseren van woning naast Julianastraat 11 Waalwijk; Natuurinclusiviteit</v>
+        <v>Onderzoek fietsstraat Pastoor v/d Zijlestraat/groene parkeerplaatsen</v>
       </c>
       <c r="E1153" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1153" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1154" spans="1:6" customFormat="false">
       <c r="A1154" s="0">
-        <v>892</v>
+        <v>788</v>
       </c>
       <c r="B1154" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1154" s="1">
-        <v>45657.0</v>
+        <v>45413.0</v>
       </c>
       <c r="D1154" s="0" t="str">
-        <v>(gewijzigde) vaststelling bestemmingsplan “Waspik Boven H. Theresiakerk, Carmelietenklooster en kloostertuin”; Transparante belangenafweging</v>
+        <v>Groen i.p.v. de busbaan</v>
       </c>
       <c r="E1154" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1154" s="0" t="str">
-        <v>GRF</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1155" spans="1:6" customFormat="false">
       <c r="A1155" s="0">
-        <v>920</v>
+        <v>836</v>
       </c>
       <c r="B1155" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1155" s="1">
-        <v>45642.0</v>
+        <v>45748.0</v>
       </c>
       <c r="D1155" s="0" t="str">
-        <v>Wmo Beleidsplan 2023</v>
+        <v>Onderzoek alternatieve noord-zuid fietsroutes</v>
       </c>
       <c r="E1155" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1155" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1156" spans="1:6" customFormat="false">
       <c r="A1156" s="0">
-        <v>921</v>
+        <v>837</v>
       </c>
       <c r="B1156" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1156" s="1">
-        <v>45413.0</v>
+        <v>45048.0</v>
       </c>
       <c r="D1156" s="0" t="str">
-        <v>Visie op oplaad infrastructuur</v>
+        <v>Handhaving in Promenadegebied</v>
       </c>
       <c r="E1156" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1156" s="0" t="str">
-        <v>TORV</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1157" spans="1:6" customFormat="false">
       <c r="A1157" s="0">
-        <v>922</v>
+        <v>838</v>
       </c>
       <c r="B1157" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1157" s="1">
-        <v>45657.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1157" s="0" t="str">
-        <v>Rekenkamerrapport Participatie en omgevingswet</v>
+        <v>Beleidskader landelijk gebied</v>
       </c>
       <c r="E1157" s="0" t="str">
-        <v xml:space="preserve"> Raad</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1157" s="0" t="str">
-        <v>GRF</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1158" spans="1:6" customFormat="false">
       <c r="A1158" s="0">
-        <v>923</v>
+        <v>839</v>
       </c>
       <c r="B1158" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1158" s="1">
-        <v>45444.0</v>
+        <v>45048.0</v>
       </c>
       <c r="D1158" s="0" t="str">
-        <v xml:space="preserve">Motie vreemd aan de orde over geluidsscherm Waalwijk-Oost </v>
+        <v>Vuurwerk</v>
       </c>
       <c r="E1158" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1158" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1159" spans="1:6" customFormat="false">
       <c r="A1159" s="0">
-        <v>972</v>
+        <v>890</v>
       </c>
       <c r="B1159" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1159" s="1">
-        <v>46022.0</v>
+        <v>45265.0</v>
       </c>
       <c r="D1159" s="0" t="str">
-        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; stedenbouwkundige uitgangspunten ontwikkeling aangrenzend terrein</v>
+        <v>Vaststellen Mobliteitsplan; directe busverbinding met Tilburg</v>
       </c>
       <c r="E1159" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1159" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1160" spans="1:6" customFormat="false">
       <c r="A1160" s="0">
-        <v>973</v>
+        <v>891</v>
       </c>
       <c r="B1160" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1160" s="1">
-        <v>45209.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1160" s="0" t="str">
-        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; toewijzingscriteria sociale huur</v>
+        <v>Realiseren van woning naast Julianastraat 11 Waalwijk; Natuurinclusiviteit</v>
       </c>
       <c r="E1160" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1160" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1161" spans="1:6" customFormat="false">
       <c r="A1161" s="0">
-        <v>974</v>
+        <v>892</v>
       </c>
       <c r="B1161" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1161" s="1">
-        <v>45291.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1161" s="0" t="str">
-        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; nader onderzoek verkeersveiligheid</v>
+        <v>(gewijzigde) vaststelling bestemmingsplan “Waspik Boven H. Theresiakerk, Carmelietenklooster en kloostertuin”; Transparante belangenafweging</v>
       </c>
       <c r="E1161" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1161" s="0" t="str">
-        <v>TREW</v>
+        <v>GRF</v>
       </c>
     </row>
     <row r="1162" spans="1:6" customFormat="false">
       <c r="A1162" s="0">
-        <v>987</v>
+        <v>920</v>
       </c>
       <c r="B1162" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1162" s="1">
-        <v>45240.0</v>
+        <v>45642.0</v>
       </c>
       <c r="D1162" s="0" t="str">
-        <v>Kaderstellend debat; woningsplitsing</v>
+        <v>Wmo Beleidsplan 2023</v>
       </c>
       <c r="E1162" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1162" s="0" t="str">
-        <v>TMAO</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1163" spans="1:6" customFormat="false">
       <c r="A1163" s="0">
-        <v>988</v>
+        <v>921</v>
       </c>
       <c r="B1163" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1163" s="1">
-        <v>45627.0</v>
+        <v>45413.0</v>
       </c>
       <c r="D1163" s="0" t="str">
-        <v>Kaderstellend debat; bomenbeleid</v>
+        <v>Visie op oplaad infrastructuur</v>
       </c>
       <c r="E1163" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1163" s="0" t="str">
-        <v>RBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1164" spans="1:6" customFormat="false">
       <c r="A1164" s="0">
-        <v>989</v>
+        <v>922</v>
       </c>
       <c r="B1164" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1164" s="1">
-        <v>45231.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1164" s="0" t="str">
-        <v>Kaderstellend debat; minnelijke schuldsanering natuurlijke personen</v>
+        <v>Rekenkamerrapport Participatie en omgevingswet</v>
       </c>
       <c r="E1164" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v xml:space="preserve"> Raad</v>
       </c>
       <c r="F1164" s="0" t="str">
-        <v>TMAO</v>
+        <v>GRF</v>
       </c>
     </row>
     <row r="1165" spans="1:6" customFormat="false">
       <c r="A1165" s="0">
-        <v>990</v>
+        <v>923</v>
       </c>
       <c r="B1165" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1165" s="1">
-        <v>45717.0</v>
+        <v>45444.0</v>
       </c>
       <c r="D1165" s="0" t="str">
-        <v>Kaderstellend debat; veilige oversteek Baanbrekers</v>
+        <v xml:space="preserve">Motie vreemd aan de orde over geluidsscherm Waalwijk-Oost </v>
       </c>
       <c r="E1165" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1165" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1166" spans="1:6" customFormat="false">
       <c r="A1166" s="0">
-        <v>991</v>
+        <v>972</v>
       </c>
       <c r="B1166" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1166" s="1">
-        <v>45474.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1166" s="0" t="str">
-        <v>Kaderstellend debat; analyse werkvoorraad</v>
+        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; stedenbouwkundige uitgangspunten ontwikkeling aangrenzend terrein</v>
       </c>
       <c r="E1166" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1166" s="0" t="str">
-        <v>DIRC</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1167" spans="1:6" customFormat="false">
       <c r="A1167" s="0">
-        <v>992</v>
+        <v>973</v>
       </c>
       <c r="B1167" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1167" s="1">
-        <v>45405.0</v>
+        <v>45209.0</v>
       </c>
       <c r="D1167" s="0" t="str">
-        <v>Kaderstellend debat; experiment Participatiewet</v>
+        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; toewijzingscriteria sociale huur</v>
       </c>
       <c r="E1167" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1167" s="0" t="str">
-        <v>BSD</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1168" spans="1:6" customFormat="false">
       <c r="A1168" s="0">
-        <v>993</v>
+        <v>974</v>
       </c>
       <c r="B1168" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1168" s="1">
-        <v>45236.0</v>
+        <v>45291.0</v>
       </c>
       <c r="D1168" s="0" t="str">
-        <v>Kaderstellend debat; slachtofferhulp</v>
+        <v>Motie Omgevingsvergunning herontwikkeling slachthuisterrein; nader onderzoek verkeersveiligheid</v>
       </c>
       <c r="E1168" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1168" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1169" spans="1:6" customFormat="false">
       <c r="A1169" s="0">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="B1169" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1169" s="1">
-        <v>45205.0</v>
+        <v>45240.0</v>
       </c>
       <c r="D1169" s="0" t="str">
-        <v>Kaderstellend debat; verkeerssituatie Winterdijk Sprang-Capelle</v>
+        <v>Kaderstellend debat; woningsplitsing</v>
       </c>
       <c r="E1169" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1169" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1170" spans="1:6" customFormat="false">
       <c r="A1170" s="0">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="B1170" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1170" s="1">
-        <v>45261.0</v>
+        <v>45627.0</v>
       </c>
       <c r="D1170" s="0" t="str">
-        <v>Kaderstellend debat; Witte Anjer perkje</v>
+        <v>Kaderstellend debat; bomenbeleid</v>
       </c>
       <c r="E1170" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1170" s="0" t="str">
-        <v>TOOR</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1171" spans="1:6" customFormat="false">
       <c r="A1171" s="0">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="B1171" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1171" s="1">
-        <v>45536.0</v>
+        <v>45231.0</v>
       </c>
       <c r="D1171" s="0" t="str">
-        <v>Kaderstellend debat; speeltuin Lido</v>
+        <v>Kaderstellend debat; minnelijke schuldsanering natuurlijke personen</v>
       </c>
       <c r="E1171" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1171" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1172" spans="1:6" customFormat="false">
       <c r="A1172" s="0">
-        <v>1084</v>
+        <v>990</v>
       </c>
       <c r="B1172" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1172" s="1">
-        <v>45657.0</v>
+        <v>45717.0</v>
       </c>
       <c r="D1172" s="0" t="str">
-        <v>Aanpassing Huisvestingsverordening, duiding schaarste onderzoek</v>
+        <v>Kaderstellend debat; veilige oversteek Baanbrekers</v>
       </c>
       <c r="E1172" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1172" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1173" spans="1:6" customFormat="false">
       <c r="A1173" s="0">
-        <v>1085</v>
+        <v>991</v>
       </c>
       <c r="B1173" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1173" s="1">
-        <v>45317.0</v>
+        <v>45474.0</v>
       </c>
       <c r="D1173" s="0" t="str">
-        <v>Opstellen van een prioriteitenoverzicht verduurzaming vastgoed, Quick Wins</v>
+        <v>Kaderstellend debat; analyse werkvoorraad</v>
       </c>
       <c r="E1173" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1173" s="0" t="str">
-        <v>TORV</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1174" spans="1:6" customFormat="false">
       <c r="A1174" s="0">
-        <v>1099</v>
+        <v>992</v>
       </c>
       <c r="B1174" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1174" s="1">
-        <v>45336.0</v>
+        <v>45405.0</v>
       </c>
       <c r="D1174" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie, Innovatie</v>
+        <v>Kaderstellend debat; experiment Participatiewet</v>
       </c>
       <c r="E1174" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1174" s="0" t="str">
-        <v>TREW</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1175" spans="1:6" customFormat="false">
       <c r="A1175" s="0">
-        <v>1100</v>
+        <v>993</v>
       </c>
       <c r="B1175" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1175" s="1">
-        <v>45292.0</v>
+        <v>45236.0</v>
       </c>
       <c r="D1175" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame energie, Overdiepse Polder</v>
+        <v>Kaderstellend debat; slachtofferhulp</v>
       </c>
       <c r="E1175" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1175" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1176" spans="1:6" customFormat="false">
       <c r="A1176" s="0">
-        <v>1152</v>
+        <v>994</v>
       </c>
       <c r="B1176" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1176" s="1">
-        <v>45566.0</v>
+        <v>45205.0</v>
       </c>
       <c r="D1176" s="0" t="str">
-        <v>Beperking (grootschalige) logistiek op industrieterreinen</v>
+        <v>Kaderstellend debat; verkeerssituatie Winterdijk Sprang-Capelle</v>
       </c>
       <c r="E1176" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1176" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1177" spans="1:6" customFormat="false">
       <c r="A1177" s="0">
-        <v>1229</v>
+        <v>995</v>
       </c>
       <c r="B1177" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1177" s="1">
-        <v>46387.0</v>
+        <v>45261.0</v>
       </c>
       <c r="D1177" s="0" t="str">
-        <v>Vaststellen actualisatie centrumvisie Waalwijk 2024</v>
+        <v>Kaderstellend debat; Witte Anjer perkje</v>
       </c>
       <c r="E1177" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1177" s="0" t="str">
-        <v>OBL</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1178" spans="1:6" customFormat="false">
       <c r="A1178" s="0">
-        <v>1230</v>
+        <v>996</v>
       </c>
       <c r="B1178" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1178" s="1">
-        <v>45484.0</v>
+        <v>45536.0</v>
       </c>
       <c r="D1178" s="0" t="str">
-        <v>Implementatieplan koers sociaal domein, Richtinggevende uitspraken sociaal domein</v>
+        <v>Kaderstellend debat; speeltuin Lido</v>
       </c>
       <c r="E1178" s="0" t="str">
-        <v>D. Odabasi,S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1178" s="0" t="str">
-        <v>CST</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1179" spans="1:6" customFormat="false">
       <c r="A1179" s="0">
-        <v>1248</v>
+        <v>1084</v>
       </c>
       <c r="B1179" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1179" s="1">
-        <v>46387.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1179" s="0" t="str">
-        <v>(gewijzigde) vaststelling bp 'Molenhoek': Dye Sprancke</v>
+        <v>Aanpassing Huisvestingsverordening, duiding schaarste onderzoek</v>
       </c>
       <c r="E1179" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1179" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1180" spans="1:6" customFormat="false">
       <c r="A1180" s="0">
-        <v>1249</v>
+        <v>1085</v>
       </c>
       <c r="B1180" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1180" s="1">
-        <v>45534.0</v>
+        <v>45317.0</v>
       </c>
       <c r="D1180" s="0" t="str">
-        <v>Vaststellen GR Regio Hart van Brabant; overhevelingen vanuit jaarrekeningresultaten</v>
+        <v>Opstellen van een prioriteitenoverzicht verduurzaming vastgoed, Quick Wins</v>
       </c>
       <c r="E1180" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1180" s="0" t="str">
-        <v>CST</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1181" spans="1:6" customFormat="false">
       <c r="A1181" s="0">
-        <v>1267</v>
+        <v>1099</v>
       </c>
       <c r="B1181" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1181" s="1">
-        <v>46204.0</v>
+        <v>45336.0</v>
       </c>
       <c r="D1181" s="0" t="str">
-        <v xml:space="preserve">Aankoop opstal, Olympiaweg 16 Waalwijk, verenigingsgebouw Cornu Copiae; Nadere invulling van toekomstig gebruik van de opstallen </v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie, Innovatie</v>
       </c>
       <c r="E1181" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1181" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1182" spans="1:6" customFormat="false">
       <c r="A1182" s="0">
-        <v>1268</v>
+        <v>1100</v>
       </c>
       <c r="B1182" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1182" s="1">
-        <v>45562.0</v>
+        <v>45292.0</v>
       </c>
       <c r="D1182" s="0" t="str">
-        <v>Ook GR’en halen de broekriem aan</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame energie, Overdiepse Polder</v>
       </c>
       <c r="E1182" s="0" t="str">
-        <v>S. Ausems,D. Odabasi,S. Schuijffel,A. de Jong,F. Spierings</v>
-[...1 lines deleted...]
-      <c r="F1182" s="0"/>
+        <v>S. Schuijffel</v>
+      </c>
+      <c r="F1182" s="0" t="str">
+        <v>TREW</v>
+      </c>
     </row>
     <row r="1183" spans="1:6" customFormat="false">
       <c r="A1183" s="0">
-        <v>1300</v>
+        <v>1152</v>
       </c>
       <c r="B1183" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1183" s="1">
-        <v>45658.0</v>
+        <v>45566.0</v>
       </c>
       <c r="D1183" s="0" t="str">
-        <v>Kaderstellend debat: Vaststellen Nota parkeernormen Waalwijk</v>
+        <v>Beperking (grootschalige) logistiek op industrieterreinen</v>
       </c>
       <c r="E1183" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1183" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1184" spans="1:6" customFormat="false">
       <c r="A1184" s="0">
-        <v>1301</v>
+        <v>1229</v>
       </c>
       <c r="B1184" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1184" s="1">
-        <v>45841.0</v>
+        <v>46387.0</v>
       </c>
       <c r="D1184" s="0" t="str">
-        <v>Kaderstellend debat: subsidie Schoenenkwartier</v>
+        <v>Vaststellen actualisatie centrumvisie Waalwijk 2024</v>
       </c>
       <c r="E1184" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1184" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1185" spans="1:6" customFormat="false">
       <c r="A1185" s="0">
-        <v>1302</v>
+        <v>1230</v>
       </c>
       <c r="B1185" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1185" s="1">
-        <v>45569.0</v>
+        <v>45484.0</v>
       </c>
       <c r="D1185" s="0" t="str">
-        <v>Kaderstellend debat: Onderzoek innamepunt kringloop op milieustations</v>
+        <v>Implementatieplan koers sociaal domein, Richtinggevende uitspraken sociaal domein</v>
       </c>
       <c r="E1185" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi,S. Slaats</v>
       </c>
       <c r="F1185" s="0" t="str">
-        <v>RBL</v>
+        <v>CST</v>
       </c>
     </row>
     <row r="1186" spans="1:6" customFormat="false">
       <c r="A1186" s="0">
-        <v>1303</v>
+        <v>1248</v>
       </c>
       <c r="B1186" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1186" s="1">
-        <v>45569.0</v>
+        <v>46387.0</v>
       </c>
       <c r="D1186" s="0" t="str">
-        <v>Kaderstellend debat: Integrale aanpak Zidewinde</v>
+        <v>(gewijzigde) vaststelling bp 'Molenhoek': Dye Sprancke</v>
       </c>
       <c r="E1186" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1186" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1187" spans="1:6" customFormat="false">
       <c r="A1187" s="0">
-        <v>1304</v>
+        <v>1249</v>
       </c>
       <c r="B1187" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1187" s="1">
-        <v>45717.0</v>
+        <v>45534.0</v>
       </c>
       <c r="D1187" s="0" t="str">
-        <v>Kaderstellend debat: gepland groot onderhoud Winterdijk Sprang-Capelle</v>
+        <v>Vaststellen GR Regio Hart van Brabant; overhevelingen vanuit jaarrekeningresultaten</v>
       </c>
       <c r="E1187" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1187" s="0" t="str">
-        <v>RBL</v>
+        <v>CST</v>
       </c>
     </row>
     <row r="1188" spans="1:6" customFormat="false">
       <c r="A1188" s="0">
-        <v>1305</v>
+        <v>1267</v>
       </c>
       <c r="B1188" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1188" s="1">
-        <v>45658.0</v>
+        <v>46204.0</v>
       </c>
       <c r="D1188" s="0" t="str">
-        <v>Kaderstellend debat: bereikbaarheid Haven 1 t/m 8</v>
+        <v xml:space="preserve">Aankoop opstal, Olympiaweg 16 Waalwijk, verenigingsgebouw Cornu Copiae; Nadere invulling van toekomstig gebruik van de opstallen </v>
       </c>
       <c r="E1188" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1188" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1189" spans="1:6" customFormat="false">
       <c r="A1189" s="0">
-        <v>1306</v>
+        <v>1268</v>
       </c>
       <c r="B1189" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1189" s="1">
-        <v>45569.0</v>
+        <v>45562.0</v>
       </c>
       <c r="D1189" s="0" t="str">
-        <v>Kaderstellend debat: Sportcampus Waalwjk</v>
+        <v>Ook GR’en halen de broekriem aan</v>
       </c>
       <c r="E1189" s="0" t="str">
-        <v>T. Klerx</v>
-[...3 lines deleted...]
-      </c>
+        <v>S. Ausems,D. Odabasi,S. Schuijffel,A. de Jong,F. Spierings</v>
+      </c>
+      <c r="F1189" s="0"/>
     </row>
     <row r="1190" spans="1:6" customFormat="false">
       <c r="A1190" s="0">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="B1190" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1190" s="1">
-        <v>45569.0</v>
+        <v>45658.0</v>
       </c>
       <c r="D1190" s="0" t="str">
-        <v>Kaderstellend debat: Uitbreiding regeling IIT</v>
+        <v>Kaderstellend debat: Vaststellen Nota parkeernormen Waalwijk</v>
       </c>
       <c r="E1190" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1190" s="0" t="str">
-        <v>BSD</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1191" spans="1:6" customFormat="false">
       <c r="A1191" s="0">
-        <v>1328</v>
+        <v>1301</v>
       </c>
       <c r="B1191" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1191" s="1">
-        <v>45638.0</v>
+        <v>45841.0</v>
       </c>
       <c r="D1191" s="0" t="str">
-        <v>Grondstoffenbeleidsplan stap 2, Nascheiding heeft de toekomst</v>
+        <v>Kaderstellend debat: subsidie Schoenenkwartier</v>
       </c>
       <c r="E1191" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1191" s="0" t="str">
-        <v>TORV</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1192" spans="1:6" customFormat="false">
       <c r="A1192" s="0">
-        <v>1329</v>
+        <v>1302</v>
       </c>
       <c r="B1192" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1192" s="1">
-        <v>45638.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1192" s="0" t="str">
-        <v>Kaders burgerbegroting, burgerbegroting</v>
+        <v>Kaderstellend debat: Onderzoek innamepunt kringloop op milieustations</v>
       </c>
       <c r="E1192" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1192" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1193" spans="1:6" customFormat="false">
       <c r="A1193" s="0">
-        <v>1330</v>
+        <v>1303</v>
       </c>
       <c r="B1193" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1193" s="1">
-        <v>45747.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1193" s="0" t="str">
-        <v>Inkoopbeleid, Vakambtenaren in contact brengen met lokale vakbedrijven</v>
+        <v>Kaderstellend debat: Integrale aanpak Zidewinde</v>
       </c>
       <c r="E1193" s="0" t="str">
-        <v xml:space="preserve"> Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1193" s="0" t="str">
-        <v>FIN</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1194" spans="1:6" customFormat="false">
       <c r="A1194" s="0">
-        <v>1331</v>
+        <v>1304</v>
       </c>
       <c r="B1194" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1194" s="1">
-        <v>45839.0</v>
+        <v>45717.0</v>
       </c>
       <c r="D1194" s="0" t="str">
-        <v>Inkoopbeleid, Duurzaamheidseisen en criteria die werken voor lokale ondernemers</v>
+        <v>Kaderstellend debat: gepland groot onderhoud Winterdijk Sprang-Capelle</v>
       </c>
       <c r="E1194" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1194" s="0" t="str">
-        <v>FIN</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1195" spans="1:6" customFormat="false">
       <c r="A1195" s="0">
-        <v>1332</v>
+        <v>1305</v>
       </c>
       <c r="B1195" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1195" s="1">
-        <v>45638.0</v>
+        <v>45658.0</v>
       </c>
       <c r="D1195" s="0" t="str">
-        <v>Woonzorgvisie Hart van Brabant</v>
+        <v>Kaderstellend debat: bereikbaarheid Haven 1 t/m 8</v>
       </c>
       <c r="E1195" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1195" s="0" t="str">
-        <v>BSD</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1196" spans="1:6" customFormat="false">
       <c r="A1196" s="0">
-        <v>1333</v>
+        <v>1306</v>
       </c>
       <c r="B1196" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1196" s="1">
-        <v>45638.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1196" s="0" t="str">
-        <v>Optoppen</v>
+        <v>Kaderstellend debat: Sportcampus Waalwjk</v>
       </c>
       <c r="E1196" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1196" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1197" spans="1:6" customFormat="false">
       <c r="A1197" s="0">
-        <v>1364</v>
+        <v>1307</v>
       </c>
       <c r="B1197" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1197" s="1">
-        <v>46174.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1197" s="0" t="str">
-        <v>Verkeersontsluiting Landgoed Driessen fase II</v>
+        <v>Kaderstellend debat: Uitbreiding regeling IIT</v>
       </c>
       <c r="E1197" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1197" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1198" spans="1:6" customFormat="false">
       <c r="A1198" s="0">
-        <v>1365</v>
+        <v>1328</v>
       </c>
       <c r="B1198" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1198" s="1">
-        <v>45845.0</v>
+        <v>45638.0</v>
       </c>
       <c r="D1198" s="0" t="str">
-        <v>Artificial Intelligence (AI)</v>
+        <v>Grondstoffenbeleidsplan stap 2, Nascheiding heeft de toekomst</v>
       </c>
       <c r="E1198" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1198" s="0" t="str">
-        <v>INF</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1199" spans="1:6" customFormat="false">
       <c r="A1199" s="0">
-        <v>1395</v>
+        <v>1329</v>
       </c>
       <c r="B1199" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1199" s="1">
-        <v>45728.0</v>
+        <v>45638.0</v>
       </c>
       <c r="D1199" s="0" t="str">
-        <v>Beleidsnota Inclusie Waalwijk Digitale Toegankelijkheid: inclusie voor iedereen!</v>
+        <v>Kaders burgerbegroting, burgerbegroting</v>
       </c>
       <c r="E1199" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1199" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1200" spans="1:6" customFormat="false">
       <c r="A1200" s="0">
-        <v>1396</v>
+        <v>1330</v>
       </c>
       <c r="B1200" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1200" s="1">
-        <v>45728.0</v>
+        <v>45747.0</v>
       </c>
       <c r="D1200" s="0" t="str">
-        <v>Beleidsnota Inclusie Waalwijk Openbaar toilet</v>
+        <v>Inkoopbeleid, Vakambtenaren in contact brengen met lokale vakbedrijven</v>
       </c>
       <c r="E1200" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v xml:space="preserve"> Raad,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx,S. Slaats</v>
       </c>
       <c r="F1200" s="0" t="str">
-        <v>BSD</v>
+        <v>FIN</v>
       </c>
     </row>
     <row r="1201" spans="1:6" customFormat="false">
       <c r="A1201" s="0">
-        <v>1397</v>
+        <v>1331</v>
       </c>
       <c r="B1201" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1201" s="1">
-        <v>45728.0</v>
+        <v>45839.0</v>
       </c>
       <c r="D1201" s="0" t="str">
-        <v>Najaarsbericht 2024 Contract jeugdhulp</v>
+        <v>Inkoopbeleid, Duurzaamheidseisen en criteria die werken voor lokale ondernemers</v>
       </c>
       <c r="E1201" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1201" s="0" t="str">
-        <v>BSD</v>
+        <v>FIN</v>
       </c>
     </row>
     <row r="1202" spans="1:6" customFormat="false">
       <c r="A1202" s="0">
-        <v>1421</v>
+        <v>1332</v>
       </c>
       <c r="B1202" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1202" s="1">
-        <v>46082.0</v>
+        <v>45638.0</v>
       </c>
       <c r="D1202" s="0" t="str">
-        <v>Aankoop gronden ten behoeve van Sportboulevard Waspik</v>
+        <v>Woonzorgvisie Hart van Brabant</v>
       </c>
       <c r="E1202" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1202" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1203" spans="1:6" customFormat="false">
       <c r="A1203" s="0">
-        <v>1457</v>
+        <v>1333</v>
       </c>
       <c r="B1203" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1203" s="1">
-        <v>45902.0</v>
+        <v>45638.0</v>
       </c>
       <c r="D1203" s="0" t="str">
-        <v>Pootjebaden in Het Hoefsven</v>
+        <v>Optoppen</v>
       </c>
       <c r="E1203" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1203" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1204" spans="1:6" customFormat="false">
       <c r="A1204" s="0">
-        <v>1458</v>
+        <v>1364</v>
       </c>
       <c r="B1204" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1204" s="1">
-        <v>45841.0</v>
+        <v>46174.0</v>
       </c>
       <c r="D1204" s="0" t="str">
-        <v>Voorzieningen speeltuin Lido</v>
+        <v>Verkeersontsluiting Landgoed Driessen fase II</v>
       </c>
       <c r="E1204" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1204" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1205" spans="1:6" customFormat="false">
       <c r="A1205" s="0">
-        <v>1459</v>
+        <v>1365</v>
       </c>
       <c r="B1205" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1205" s="1">
-        <v>46174.0</v>
+        <v>45845.0</v>
       </c>
       <c r="D1205" s="0" t="str">
-        <v>Vissen Verrijken in het Hoefsvengebied</v>
+        <v>Artificial Intelligence (AI)</v>
       </c>
       <c r="E1205" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1205" s="0" t="str">
-        <v>OBL</v>
+        <v>INF</v>
       </c>
     </row>
     <row r="1206" spans="1:6" customFormat="false">
       <c r="A1206" s="0">
-        <v>1460</v>
+        <v>1395</v>
       </c>
       <c r="B1206" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1206" s="1">
-        <v>45841.0</v>
+        <v>45728.0</v>
       </c>
       <c r="D1206" s="0" t="str">
-        <v>Anticiperend Onderwijshuisvestingsbeleid</v>
+        <v>Beleidsnota Inclusie Waalwijk Digitale Toegankelijkheid: inclusie voor iedereen!</v>
       </c>
       <c r="E1206" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1206" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1207" spans="1:6" customFormat="false">
       <c r="A1207" s="0">
-        <v>1461</v>
+        <v>1396</v>
       </c>
       <c r="B1207" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1207" s="1">
-        <v>45841.0</v>
+        <v>45728.0</v>
       </c>
       <c r="D1207" s="0" t="str">
-        <v>Terugbrengen Oude Schans</v>
+        <v>Beleidsnota Inclusie Waalwijk Openbaar toilet</v>
       </c>
       <c r="E1207" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1207" s="0" t="str">
-        <v>RBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1208" spans="1:6" customFormat="false">
       <c r="A1208" s="0">
-        <v>1512</v>
+        <v>1397</v>
       </c>
       <c r="B1208" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1208" s="1">
-        <v>45926.0</v>
+        <v>45728.0</v>
       </c>
       <c r="D1208" s="0" t="str">
-        <v>Nota Grondexploitatie 2025</v>
+        <v>Najaarsbericht 2024 Contract jeugdhulp</v>
       </c>
       <c r="E1208" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1208" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1209" spans="1:6" customFormat="false">
       <c r="A1209" s="0">
-        <v>1513</v>
+        <v>1421</v>
       </c>
       <c r="B1209" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1209" s="1">
-        <v>45926.0</v>
+        <v>46082.0</v>
       </c>
       <c r="D1209" s="0" t="str">
-        <v>Motie uitvoering snelfietsroute Baardwijkse overlaat binnen investeringskrediet GOL</v>
+        <v>Aankoop gronden ten behoeve van Sportboulevard Waspik</v>
       </c>
       <c r="E1209" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1209" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1210" spans="1:6" customFormat="false">
       <c r="A1210" s="0">
-        <v>1514</v>
+        <v>1457</v>
       </c>
       <c r="B1210" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1210" s="1">
-        <v>45926.0</v>
+        <v>45902.0</v>
       </c>
       <c r="D1210" s="0" t="str">
-        <v>Motie vreemd aan de orde Stimulering woningbouw Nationaal Fonds Betaalbare Koopwoningen</v>
+        <v>Pootjebaden in Het Hoefsven</v>
       </c>
       <c r="E1210" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1210" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1211" spans="1:6" customFormat="false">
       <c r="A1211" s="0">
-        <v>1520</v>
+        <v>1458</v>
       </c>
       <c r="B1211" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1211" s="1">
-        <v>45933.0</v>
+        <v>45841.0</v>
       </c>
       <c r="D1211" s="0" t="str">
-        <v>Juiste belastingopbrengsten</v>
+        <v>Voorzieningen speeltuin Lido</v>
       </c>
       <c r="E1211" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1211" s="0" t="str">
-        <v>VBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1212" spans="1:6" customFormat="false">
       <c r="A1212" s="0">
-        <v>1521</v>
+        <v>1459</v>
       </c>
       <c r="B1212" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1212" s="1">
-        <v>45852.0</v>
+        <v>46174.0</v>
       </c>
       <c r="D1212" s="0" t="str">
-        <v>Mobiele toiletten bij het Stadsstrand</v>
+        <v>Vissen Verrijken in het Hoefsvengebied</v>
       </c>
       <c r="E1212" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1212" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1213" spans="1:6" customFormat="false">
       <c r="A1213" s="0">
-        <v>1522</v>
+        <v>1460</v>
       </c>
       <c r="B1213" s="0" t="str">
         <v>Moties</v>
       </c>
-      <c r="C1213" s="1" t="str">
-        <v/>
+      <c r="C1213" s="1">
+        <v>45841.0</v>
       </c>
       <c r="D1213" s="0" t="str">
-        <v>OZB-belasting</v>
+        <v>Anticiperend Onderwijshuisvestingsbeleid</v>
       </c>
       <c r="E1213" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1213" s="0" t="str">
-        <v>VBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1214" spans="1:6" customFormat="false">
       <c r="A1214" s="0">
-        <v>1523</v>
+        <v>1461</v>
       </c>
       <c r="B1214" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1214" s="1">
-        <v>45994.0</v>
+        <v>45841.0</v>
       </c>
       <c r="D1214" s="0" t="str">
-        <v>Een stap vooruit voor de sociale woningbouw</v>
+        <v>Terugbrengen Oude Schans</v>
       </c>
       <c r="E1214" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1214" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1215" spans="1:6" customFormat="false">
       <c r="A1215" s="0">
-        <v>1524</v>
+        <v>1512</v>
       </c>
       <c r="B1215" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1215" s="1">
-        <v>45994.0</v>
+        <v>45926.0</v>
       </c>
       <c r="D1215" s="0" t="str">
-        <v>Verhogen Grens Individuele Inkomenstoeslag (IIT)</v>
+        <v>Nota Grondexploitatie 2025</v>
       </c>
       <c r="E1215" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1215" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1216" spans="1:6" customFormat="false">
       <c r="A1216" s="0">
-        <v>1525</v>
+        <v>1513</v>
       </c>
       <c r="B1216" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1216" s="1">
-        <v>45933.0</v>
+        <v>45926.0</v>
       </c>
       <c r="D1216" s="0" t="str">
-        <v>Mantelwoningen voor jongeren</v>
+        <v>Motie uitvoering snelfietsroute Baardwijkse overlaat binnen investeringskrediet GOL</v>
       </c>
       <c r="E1216" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1216" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1217" spans="1:6" customFormat="false">
       <c r="A1217" s="0">
-        <v>1526</v>
+        <v>1514</v>
       </c>
       <c r="B1217" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1217" s="1">
-        <v>46569.0</v>
+        <v>45926.0</v>
       </c>
       <c r="D1217" s="0" t="str">
-        <v>Versnelling woningbouw binnen kaders</v>
+        <v>Motie vreemd aan de orde Stimulering woningbouw Nationaal Fonds Betaalbare Koopwoningen</v>
       </c>
       <c r="E1217" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1217" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1218" spans="1:6" customFormat="false">
       <c r="A1218" s="0">
-        <v>1527</v>
+        <v>1520</v>
       </c>
       <c r="B1218" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1218" s="1">
         <v>45933.0</v>
       </c>
       <c r="D1218" s="0" t="str">
-        <v>Nominale ontwikkelingen GR’en</v>
+        <v>Juiste belastingopbrengsten</v>
       </c>
       <c r="E1218" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1218" s="0" t="str">
-        <v>CST</v>
+        <v>VBL</v>
       </c>
     </row>
     <row r="1219" spans="1:6" customFormat="false">
       <c r="A1219" s="0">
-        <v>1552</v>
+        <v>1521</v>
       </c>
       <c r="B1219" s="0" t="str">
         <v>Moties</v>
       </c>
       <c r="C1219" s="1">
-        <v>46007.0</v>
+        <v>45852.0</v>
       </c>
       <c r="D1219" s="0" t="str">
-        <v>Motie OZB-areaal</v>
+        <v>Mobiele toiletten bij het Stadsstrand</v>
       </c>
       <c r="E1219" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1219" s="0" t="str">
-        <v>FIN</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1220" spans="1:6" customFormat="false">
       <c r="A1220" s="0">
-        <v>1553</v>
+        <v>1522</v>
       </c>
       <c r="B1220" s="0" t="str">
         <v>Moties</v>
       </c>
-      <c r="C1220" s="1">
-        <v>46007.0</v>
+      <c r="C1220" s="1" t="str">
+        <v/>
       </c>
       <c r="D1220" s="0" t="str">
-        <v>Motie vreemd aan de orde Eigen hitteplan voor Waalwijk</v>
+        <v>OZB-belasting</v>
       </c>
       <c r="E1220" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1220" s="0" t="str">
-        <v>BSD</v>
+        <v>VBL</v>
       </c>
     </row>
     <row r="1221" spans="1:6" customFormat="false">
       <c r="A1221" s="0">
-        <v>23</v>
+        <v>1523</v>
       </c>
       <c r="B1221" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1221" s="1">
-        <v>44377.0</v>
+        <v>45994.0</v>
       </c>
       <c r="D1221" s="0" t="str">
-        <v>Arbeidsmigranten in quarantaine</v>
+        <v>Een stap vooruit voor de sociale woningbouw</v>
       </c>
       <c r="E1221" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1221" s="0" t="str">
-        <v>TMAO</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1222" spans="1:6" customFormat="false">
       <c r="A1222" s="0">
-        <v>32</v>
+        <v>1524</v>
       </c>
       <c r="B1222" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1222" s="1">
-        <v>44366.0</v>
+        <v>45994.0</v>
       </c>
       <c r="D1222" s="0" t="str">
-        <v>Onrechtmatig gebruik mindervalidenparkeerplaats</v>
+        <v>Verhogen Grens Individuele Inkomenstoeslag (IIT)</v>
       </c>
       <c r="E1222" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1222" s="0" t="str">
-        <v>TLTH</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1223" spans="1:6" customFormat="false">
       <c r="A1223" s="0">
-        <v>34</v>
+        <v>1525</v>
       </c>
       <c r="B1223" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1223" s="1">
-        <v>44354.0</v>
+        <v>45933.0</v>
       </c>
       <c r="D1223" s="0" t="str">
-        <v>Akkerlaan 20</v>
+        <v>Mantelwoningen voor jongeren</v>
       </c>
       <c r="E1223" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1223" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1224" spans="1:6" customFormat="false">
       <c r="A1224" s="0">
-        <v>37</v>
+        <v>1526</v>
       </c>
       <c r="B1224" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1224" s="1">
-        <v>44352.0</v>
+        <v>46569.0</v>
       </c>
       <c r="D1224" s="0" t="str">
-        <v>Communicatie plaatsen laadpalen</v>
+        <v>Versnelling woningbouw binnen kaders</v>
       </c>
       <c r="E1224" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1224" s="0" t="str">
-        <v>TOOR</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1225" spans="1:6" customFormat="false">
       <c r="A1225" s="0">
-        <v>39</v>
+        <v>1527</v>
       </c>
       <c r="B1225" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1225" s="1">
-        <v>44349.0</v>
+        <v>45933.0</v>
       </c>
       <c r="D1225" s="0" t="str">
-        <v>Verstedelijkingsakkoord Breda-Tilburg</v>
+        <v>Nominale ontwikkelingen GR’en</v>
       </c>
       <c r="E1225" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1225" s="0" t="str">
-        <v>TREW</v>
+        <v>CST</v>
       </c>
     </row>
     <row r="1226" spans="1:6" customFormat="false">
       <c r="A1226" s="0">
-        <v>41</v>
+        <v>1552</v>
       </c>
       <c r="B1226" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1226" s="1">
-        <v>43044.0</v>
+        <v>46007.0</v>
       </c>
       <c r="D1226" s="0" t="str">
-        <v>Afvalcontainer op stoep</v>
+        <v>Motie OZB-areaal</v>
       </c>
       <c r="E1226" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1226" s="0" t="str">
-        <v>TLTH</v>
+        <v>FIN</v>
       </c>
     </row>
     <row r="1227" spans="1:6" customFormat="false">
       <c r="A1227" s="0">
-        <v>159</v>
+        <v>1553</v>
       </c>
       <c r="B1227" s="0" t="str">
-        <v>Schriftelijke vragen</v>
+        <v>Moties</v>
       </c>
       <c r="C1227" s="1">
-        <v>44385.0</v>
+        <v>46007.0</v>
       </c>
       <c r="D1227" s="0" t="str">
-        <v>Bike-park Lido</v>
+        <v>Motie vreemd aan de orde Eigen hitteplan voor Waalwijk</v>
       </c>
       <c r="E1227" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1227" s="0" t="str">
-        <v>TMAO</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1228" spans="1:6" customFormat="false">
       <c r="A1228" s="0">
-        <v>160</v>
+        <v>23</v>
       </c>
       <c r="B1228" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1228" s="1">
-        <v>44370.0</v>
+        <v>44377.0</v>
       </c>
       <c r="D1228" s="0" t="str">
-        <v>24/7 gokken</v>
+        <v>Arbeidsmigranten in quarantaine</v>
       </c>
       <c r="E1228" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1228" s="0" t="str">
-        <v>TVVB</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1229" spans="1:6" customFormat="false">
       <c r="A1229" s="0">
-        <v>166</v>
+        <v>32</v>
       </c>
       <c r="B1229" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1229" s="1">
-        <v>44391.0</v>
+        <v>44366.0</v>
       </c>
       <c r="D1229" s="0" t="str">
-        <v>Wet Damocles</v>
+        <v>Onrechtmatig gebruik mindervalidenparkeerplaats</v>
       </c>
       <c r="E1229" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1229" s="0" t="str">
         <v>TLTH</v>
       </c>
     </row>
     <row r="1230" spans="1:6" customFormat="false">
       <c r="A1230" s="0">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="B1230" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1230" s="1">
-        <v>44383.0</v>
+        <v>44354.0</v>
       </c>
       <c r="D1230" s="0" t="str">
-        <v>Uitvoering jongerenwerk door derden</v>
+        <v>Akkerlaan 20</v>
       </c>
       <c r="E1230" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1230" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1231" spans="1:6" customFormat="false">
       <c r="A1231" s="0">
-        <v>169</v>
+        <v>37</v>
       </c>
       <c r="B1231" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1231" s="1">
-        <v>44383.0</v>
+        <v>44352.0</v>
       </c>
       <c r="D1231" s="0" t="str">
-        <v>Ontwerp bestemmingsplan Kasteellaan (2)</v>
+        <v>Communicatie plaatsen laadpalen</v>
       </c>
       <c r="E1231" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1231" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1232" spans="1:6" customFormat="false">
       <c r="A1232" s="0">
-        <v>172</v>
+        <v>39</v>
       </c>
       <c r="B1232" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1232" s="1">
-        <v>44399.0</v>
+        <v>44349.0</v>
       </c>
       <c r="D1232" s="0" t="str">
-        <v>Gebruik van bijstand voor iedereen</v>
+        <v>Verstedelijkingsakkoord Breda-Tilburg</v>
       </c>
       <c r="E1232" s="0" t="str">
         <v>R. Bakker</v>
       </c>
       <c r="F1232" s="0" t="str">
-        <v>TWIJZ</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1233" spans="1:6" customFormat="false">
       <c r="A1233" s="0">
-        <v>183</v>
+        <v>41</v>
       </c>
       <c r="B1233" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1233" s="1">
-        <v>-689011.0</v>
+        <v>43044.0</v>
       </c>
       <c r="D1233" s="0" t="str">
-        <v>PFAS-mandaat en GOL</v>
+        <v>Afvalcontainer op stoep</v>
       </c>
       <c r="E1233" s="0" t="str">
-        <v>D. Odabasi,R. Bakker</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1233" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1234" spans="1:6" customFormat="false">
       <c r="A1234" s="0">
-        <v>184</v>
+        <v>159</v>
       </c>
       <c r="B1234" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1234" s="1">
-        <v>44406.0</v>
+        <v>44385.0</v>
       </c>
       <c r="D1234" s="0" t="str">
-        <v>Arbeidsmigranten in quarantaine (2)</v>
+        <v>Bike-park Lido</v>
       </c>
       <c r="E1234" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1234" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1235" spans="1:6" customFormat="false">
       <c r="A1235" s="0">
-        <v>195</v>
+        <v>160</v>
       </c>
       <c r="B1235" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1235" s="1">
-        <v>44397.0</v>
+        <v>44370.0</v>
       </c>
       <c r="D1235" s="0" t="str">
-        <v>Bomen Groen van Prinstererlaan</v>
+        <v>24/7 gokken</v>
       </c>
       <c r="E1235" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1235" s="0" t="str">
-        <v>TORV</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1236" spans="1:6" customFormat="false">
       <c r="A1236" s="0">
-        <v>196</v>
+        <v>166</v>
       </c>
       <c r="B1236" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1236" s="1">
-        <v>44445.0</v>
+        <v>44391.0</v>
       </c>
       <c r="D1236" s="0" t="str">
-        <v>Operatie Steenbreek</v>
+        <v>Wet Damocles</v>
       </c>
       <c r="E1236" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1236" s="0" t="str">
-        <v>TOOR</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1237" spans="1:6" customFormat="false">
       <c r="A1237" s="0">
-        <v>197</v>
+        <v>167</v>
       </c>
       <c r="B1237" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1237" s="1">
-        <v>44415.0</v>
+        <v>44383.0</v>
       </c>
       <c r="D1237" s="0" t="str">
-        <v>Raadsinformatiebrief 64-21 over planontwikkeling De Brug te Waspik</v>
+        <v>Uitvoering jongerenwerk door derden</v>
       </c>
       <c r="E1237" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1237" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1238" spans="1:6" customFormat="false">
       <c r="A1238" s="0">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="B1238" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1238" s="1">
-        <v>44426.0</v>
+        <v>44383.0</v>
       </c>
       <c r="D1238" s="0" t="str">
-        <v>Inburgering</v>
+        <v>Ontwerp bestemmingsplan Kasteellaan (2)</v>
       </c>
       <c r="E1238" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1238" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1239" spans="1:6" customFormat="false">
       <c r="A1239" s="0">
-        <v>214</v>
+        <v>172</v>
       </c>
       <c r="B1239" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1239" s="1">
-        <v>44452.0</v>
+        <v>44399.0</v>
       </c>
       <c r="D1239" s="0" t="str">
-        <v>Kamerverhuur en huisvestingsverordening</v>
+        <v>Gebruik van bijstand voor iedereen</v>
       </c>
       <c r="E1239" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1239" s="0" t="str">
-        <v>TVVB</v>
+        <v>TWIJZ</v>
       </c>
     </row>
     <row r="1240" spans="1:6" customFormat="false">
       <c r="A1240" s="0">
-        <v>216</v>
+        <v>183</v>
       </c>
       <c r="B1240" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1240" s="1">
-        <v>44447.0</v>
+        <v>-689011.0</v>
       </c>
       <c r="D1240" s="0" t="str">
-        <v>Primaat ruimtelijke ordening</v>
+        <v>PFAS-mandaat en GOL</v>
       </c>
       <c r="E1240" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi,R. Bakker</v>
       </c>
       <c r="F1240" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1241" spans="1:6" customFormat="false">
       <c r="A1241" s="0">
-        <v>219</v>
+        <v>184</v>
       </c>
       <c r="B1241" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1241" s="1">
-        <v>44426.0</v>
+        <v>44406.0</v>
       </c>
       <c r="D1241" s="0" t="str">
-        <v>Grondspeculatie ten westen van de Sprangse Sloot</v>
+        <v>Arbeidsmigranten in quarantaine (2)</v>
       </c>
       <c r="E1241" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1241" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1242" spans="1:6" customFormat="false">
       <c r="A1242" s="0">
-        <v>227</v>
+        <v>195</v>
       </c>
       <c r="B1242" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1242" s="1">
-        <v>44475.0</v>
+        <v>44397.0</v>
       </c>
       <c r="D1242" s="0" t="str">
-        <v>Verkeersveiligheid rondom scholen</v>
+        <v>Bomen Groen van Prinstererlaan</v>
       </c>
       <c r="E1242" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1242" s="0" t="str">
-        <v>TOOR</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1243" spans="1:6" customFormat="false">
       <c r="A1243" s="0">
-        <v>228</v>
+        <v>196</v>
       </c>
       <c r="B1243" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1243" s="1">
-        <v>44464.0</v>
+        <v>44445.0</v>
       </c>
       <c r="D1243" s="0" t="str">
-        <v>Uitvoering centrumvisie</v>
+        <v>Operatie Steenbreek</v>
       </c>
       <c r="E1243" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1243" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1244" spans="1:6" customFormat="false">
       <c r="A1244" s="0">
-        <v>229</v>
+        <v>197</v>
       </c>
       <c r="B1244" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1244" s="1">
-        <v>44464.0</v>
+        <v>44415.0</v>
       </c>
       <c r="D1244" s="0" t="str">
-        <v>Mantelzorg</v>
+        <v>Raadsinformatiebrief 64-21 over planontwikkeling De Brug te Waspik</v>
       </c>
       <c r="E1244" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1244" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1245" spans="1:6" customFormat="false">
       <c r="A1245" s="0">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="B1245" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1245" s="1">
-        <v>44447.0</v>
+        <v>44426.0</v>
       </c>
       <c r="D1245" s="0" t="str">
-        <v>Vervolgvragen grondspeculatie ten westen van de Sprangse Sloot</v>
+        <v>Inburgering</v>
       </c>
       <c r="E1245" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1245" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1246" spans="1:6" customFormat="false">
       <c r="A1246" s="0">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="B1246" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1246" s="1">
-        <v>44470.0</v>
+        <v>44452.0</v>
       </c>
       <c r="D1246" s="0" t="str">
-        <v>Opvang vluchtelingen Afghanistan</v>
+        <v>Kamerverhuur en huisvestingsverordening</v>
       </c>
       <c r="E1246" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1246" s="0" t="str">
-        <v>TMAO</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1247" spans="1:6" customFormat="false">
       <c r="A1247" s="0">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="B1247" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1247" s="1">
-        <v>44470.0</v>
+        <v>44447.0</v>
       </c>
       <c r="D1247" s="0" t="str">
-        <v>Energielabel kantoorpanden</v>
+        <v>Primaat ruimtelijke ordening</v>
       </c>
       <c r="E1247" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1247" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1248" spans="1:6" customFormat="false">
       <c r="A1248" s="0">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="B1248" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1248" s="1">
-        <v>44488.0</v>
+        <v>44426.0</v>
       </c>
       <c r="D1248" s="0" t="str">
-        <v>Zwemwater</v>
+        <v>Grondspeculatie ten westen van de Sprangse Sloot</v>
       </c>
       <c r="E1248" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1248" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1249" spans="1:6" customFormat="false">
       <c r="A1249" s="0">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B1249" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1249" s="1">
         <v>44475.0</v>
       </c>
       <c r="D1249" s="0" t="str">
-        <v>Raadsinformatiebrief 72-21: SJW Tavenu</v>
+        <v>Verkeersveiligheid rondom scholen</v>
       </c>
       <c r="E1249" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1249" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1250" spans="1:6" customFormat="false">
       <c r="A1250" s="0">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="B1250" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1250" s="1">
-        <v>44488.0</v>
+        <v>44464.0</v>
       </c>
       <c r="D1250" s="0" t="str">
-        <v>Pleidooi telefonische helpdesk bij gladheid voor ouderen en mindervaliden</v>
+        <v>Uitvoering centrumvisie</v>
       </c>
       <c r="E1250" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1250" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1251" spans="1:6" customFormat="false">
       <c r="A1251" s="0">
-        <v>244</v>
+        <v>229</v>
       </c>
       <c r="B1251" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1251" s="1">
-        <v>44488.0</v>
+        <v>44464.0</v>
       </c>
       <c r="D1251" s="0" t="str">
-        <v>Visie surfvijver</v>
+        <v>Mantelzorg</v>
       </c>
       <c r="E1251" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1251" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1252" spans="1:6" customFormat="false">
       <c r="A1252" s="0">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="B1252" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1252" s="1">
-        <v>44482.0</v>
+        <v>44447.0</v>
       </c>
       <c r="D1252" s="0" t="str">
-        <v>Verkeersveiligheid</v>
+        <v>Vervolgvragen grondspeculatie ten westen van de Sprangse Sloot</v>
       </c>
       <c r="E1252" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1252" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1253" spans="1:6" customFormat="false">
       <c r="A1253" s="0">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="B1253" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1253" s="1" t="str">
-        <v/>
+      <c r="C1253" s="1">
+        <v>44470.0</v>
       </c>
       <c r="D1253" s="0" t="str">
-        <v>Opkoopbescherming</v>
+        <v>Opvang vluchtelingen Afghanistan</v>
       </c>
       <c r="E1253" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1253" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1254" spans="1:6" customFormat="false">
       <c r="A1254" s="0">
-        <v>265</v>
+        <v>236</v>
       </c>
       <c r="B1254" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1254" s="1">
-        <v>44475.0</v>
+        <v>44470.0</v>
       </c>
       <c r="D1254" s="0" t="str">
-        <v>Opkoopbescherming</v>
+        <v>Energielabel kantoorpanden</v>
       </c>
       <c r="E1254" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1254" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1255" spans="1:6" customFormat="false">
       <c r="A1255" s="0">
-        <v>276</v>
+        <v>238</v>
       </c>
       <c r="B1255" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1255" s="1">
-        <v>44475.0</v>
+        <v>44488.0</v>
       </c>
       <c r="D1255" s="0" t="str">
-        <v>Ondernemersvriendelijk Waalwijk</v>
+        <v>Zwemwater</v>
       </c>
       <c r="E1255" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1255" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1256" spans="1:6" customFormat="false">
       <c r="A1256" s="0">
-        <v>282</v>
+        <v>239</v>
       </c>
       <c r="B1256" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1256" s="1">
         <v>44475.0</v>
       </c>
       <c r="D1256" s="0" t="str">
-        <v>Wooncrisis</v>
+        <v>Raadsinformatiebrief 72-21: SJW Tavenu</v>
       </c>
       <c r="E1256" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1256" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1257" spans="1:6" customFormat="false">
       <c r="A1257" s="0">
-        <v>284</v>
+        <v>240</v>
       </c>
       <c r="B1257" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1257" s="1">
-        <v>44475.0</v>
+        <v>44488.0</v>
       </c>
       <c r="D1257" s="0" t="str">
-        <v>Verdeling van woningen en percelen Akkerlanen</v>
+        <v>Pleidooi telefonische helpdesk bij gladheid voor ouderen en mindervaliden</v>
       </c>
       <c r="E1257" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1257" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1258" spans="1:6" customFormat="false">
       <c r="A1258" s="0">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="B1258" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1258" s="1">
-        <v>44504.0</v>
+        <v>44488.0</v>
       </c>
       <c r="D1258" s="0" t="str">
-        <v>Doorbreken van de armoede onder werkenden</v>
+        <v>Visie surfvijver</v>
       </c>
       <c r="E1258" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1258" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1259" spans="1:6" customFormat="false">
       <c r="A1259" s="0">
-        <v>294</v>
+        <v>245</v>
       </c>
       <c r="B1259" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1259" s="1">
-        <v>44511.0</v>
+        <v>44482.0</v>
       </c>
       <c r="D1259" s="0" t="str">
-        <v>Onveiligheid op scholen</v>
+        <v>Verkeersveiligheid</v>
       </c>
       <c r="E1259" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1259" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1260" spans="1:6" customFormat="false">
       <c r="A1260" s="0">
-        <v>304</v>
+        <v>264</v>
       </c>
       <c r="B1260" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1260" s="1">
-        <v>44519.0</v>
+      <c r="C1260" s="1" t="str">
+        <v/>
       </c>
       <c r="D1260" s="0" t="str">
-        <v>Woonalliantie</v>
+        <v>Opkoopbescherming</v>
       </c>
       <c r="E1260" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1260" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1261" spans="1:6" customFormat="false">
       <c r="A1261" s="0">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="B1261" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1261" s="1">
-        <v>44520.0</v>
+        <v>44475.0</v>
       </c>
       <c r="D1261" s="0" t="str">
-        <v>verkeerssituatie Grotestraat (tussen Wilhelminastraat en Mr. Van Coothstraat)</v>
+        <v>Opkoopbescherming</v>
       </c>
       <c r="E1261" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1261" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1262" spans="1:6" customFormat="false">
       <c r="A1262" s="0">
-        <v>322</v>
+        <v>276</v>
       </c>
       <c r="B1262" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1262" s="1">
-        <v>44532.0</v>
+        <v>44475.0</v>
       </c>
       <c r="D1262" s="0" t="str">
-        <v>Tonnerre de Brest</v>
+        <v>Ondernemersvriendelijk Waalwijk</v>
       </c>
       <c r="E1262" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1262" s="0" t="str">
-        <v>TLTH</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1263" spans="1:6" customFormat="false">
       <c r="A1263" s="0">
-        <v>325</v>
+        <v>282</v>
       </c>
       <c r="B1263" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1263" s="1">
-        <v>44533.0</v>
+        <v>44475.0</v>
       </c>
       <c r="D1263" s="0" t="str">
-        <v>Een weg vol hindernissen in de openbare ruimte</v>
+        <v>Wooncrisis</v>
       </c>
       <c r="E1263" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1263" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1264" spans="1:6" customFormat="false">
       <c r="A1264" s="0">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="B1264" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1264" s="1">
-        <v>44539.0</v>
+        <v>44475.0</v>
       </c>
       <c r="D1264" s="0" t="str">
-        <v>Nogmaals een lans breken voor de Baardwijkse bewoners</v>
+        <v>Verdeling van woningen en percelen Akkerlanen</v>
       </c>
       <c r="E1264" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1264" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1265" spans="1:6" customFormat="false">
       <c r="A1265" s="0">
-        <v>335</v>
+        <v>288</v>
       </c>
       <c r="B1265" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1265" s="1">
-        <v>44580.0</v>
+        <v>44504.0</v>
       </c>
       <c r="D1265" s="0" t="str">
-        <v>Herinrichten St. Antoniusstraat, fietsen en informeren</v>
+        <v>Doorbreken van de armoede onder werkenden</v>
       </c>
       <c r="E1265" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1265" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1266" spans="1:6" customFormat="false">
       <c r="A1266" s="0">
-        <v>339</v>
+        <v>294</v>
       </c>
       <c r="B1266" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1266" s="1">
-        <v>44572.0</v>
+        <v>44511.0</v>
       </c>
       <c r="D1266" s="0" t="str">
-        <v>Houtstook</v>
+        <v>Onveiligheid op scholen</v>
       </c>
       <c r="E1266" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1266" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1267" spans="1:6" customFormat="false">
       <c r="A1267" s="0">
-        <v>340</v>
+        <v>304</v>
       </c>
       <c r="B1267" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1267" s="1">
-        <v>44556.0</v>
+        <v>44519.0</v>
       </c>
       <c r="D1267" s="0" t="str">
-        <v>RIB 104-21 Collegebesluit niet deel te nemen in publiek ontwikkelbedrijf REKS</v>
+        <v>Woonalliantie</v>
       </c>
       <c r="E1267" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1267" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1268" spans="1:6" customFormat="false">
       <c r="A1268" s="0">
-        <v>346</v>
+        <v>305</v>
       </c>
       <c r="B1268" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1268" s="1" t="str">
-        <v/>
+      <c r="C1268" s="1">
+        <v>44520.0</v>
       </c>
       <c r="D1268" s="0" t="str">
-        <v>Bedrijven Investerings Zone (BIZ)</v>
+        <v>verkeerssituatie Grotestraat (tussen Wilhelminastraat en Mr. Van Coothstraat)</v>
       </c>
       <c r="E1268" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1268" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1269" spans="1:6" customFormat="false">
       <c r="A1269" s="0">
-        <v>362</v>
+        <v>322</v>
       </c>
       <c r="B1269" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1269" s="1">
-        <v>44538.0</v>
+        <v>44532.0</v>
       </c>
       <c r="D1269" s="0" t="str">
-        <v>Stemming uitslag BIZ</v>
+        <v>Tonnerre de Brest</v>
       </c>
       <c r="E1269" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1269" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1270" spans="1:6" customFormat="false">
       <c r="A1270" s="0">
-        <v>385</v>
+        <v>325</v>
       </c>
       <c r="B1270" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1270" s="1">
-        <v>44546.0</v>
+        <v>44533.0</v>
       </c>
       <c r="D1270" s="0" t="str">
-        <v>Stemming BIZ</v>
+        <v>Een weg vol hindernissen in de openbare ruimte</v>
       </c>
       <c r="E1270" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1270" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1271" spans="1:6" customFormat="false">
       <c r="A1271" s="0">
-        <v>386</v>
+        <v>326</v>
       </c>
       <c r="B1271" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1271" s="1">
-        <v>44574.0</v>
+        <v>44539.0</v>
       </c>
       <c r="D1271" s="0" t="str">
-        <v>Raadsinformatiebrief 104-21 en bestuurdersbrief 81-21. Collegebesluit niet deel te nemen in publiek ontwikkelbedrijf REKS</v>
+        <v>Nogmaals een lans breken voor de Baardwijkse bewoners</v>
       </c>
       <c r="E1271" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1271" s="0" t="str">
-        <v>TPNP</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1272" spans="1:6" customFormat="false">
       <c r="A1272" s="0">
-        <v>388</v>
+        <v>335</v>
       </c>
       <c r="B1272" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1272" s="1">
-        <v>44572.0</v>
+        <v>44580.0</v>
       </c>
       <c r="D1272" s="0" t="str">
-        <v>Overlast hop in de tuinen op de Winterdijk</v>
+        <v>Herinrichten St. Antoniusstraat, fietsen en informeren</v>
       </c>
       <c r="E1272" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1272" s="0" t="str">
         <v>TOOR</v>
       </c>
     </row>
     <row r="1273" spans="1:6" customFormat="false">
       <c r="A1273" s="0">
-        <v>390</v>
+        <v>339</v>
       </c>
       <c r="B1273" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1273" s="1">
         <v>44572.0</v>
       </c>
       <c r="D1273" s="0" t="str">
-        <v>Vindbaarheid van onze inwoners</v>
+        <v>Houtstook</v>
       </c>
       <c r="E1273" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1273" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1274" spans="1:6" customFormat="false">
       <c r="A1274" s="0">
-        <v>392</v>
+        <v>340</v>
       </c>
       <c r="B1274" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1274" s="1">
-        <v>44553.0</v>
+        <v>44556.0</v>
       </c>
       <c r="D1274" s="0" t="str">
-        <v>Vervolgvragen stemming BIZ</v>
+        <v>RIB 104-21 Collegebesluit niet deel te nemen in publiek ontwikkelbedrijf REKS</v>
       </c>
       <c r="E1274" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1274" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1275" spans="1:6" customFormat="false">
       <c r="A1275" s="0">
-        <v>394</v>
+        <v>346</v>
       </c>
       <c r="B1275" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1275" s="1">
-        <v>44580.0</v>
+      <c r="C1275" s="1" t="str">
+        <v/>
       </c>
       <c r="D1275" s="0" t="str">
-        <v>Aanvullende vragen Woonalliantie en intentie-overeenkomst Rabo-build</v>
+        <v>Bedrijven Investerings Zone (BIZ)</v>
       </c>
       <c r="E1275" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1275" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1276" spans="1:6" customFormat="false">
       <c r="A1276" s="0">
-        <v>395</v>
+        <v>362</v>
       </c>
       <c r="B1276" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1276" s="1" t="str">
-        <v/>
+      <c r="C1276" s="1">
+        <v>44538.0</v>
       </c>
       <c r="D1276" s="0" t="str">
-        <v>Beëdiging fractievolger</v>
+        <v>Stemming uitslag BIZ</v>
       </c>
       <c r="E1276" s="0" t="str">
-        <v>D. Odabasi,R. Bakker</v>
-[...1 lines deleted...]
-      <c r="F1276" s="0"/>
+        <v>J. van den Hoven</v>
+      </c>
+      <c r="F1276" s="0" t="str">
+        <v>TREW</v>
+      </c>
     </row>
     <row r="1277" spans="1:6" customFormat="false">
       <c r="A1277" s="0">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="B1277" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1277" s="1">
-        <v>44587.0</v>
+        <v>44546.0</v>
       </c>
       <c r="D1277" s="0" t="str">
-        <v>Jaarwisseling 2021-2022 - Afvalsituatie Raadhuisplein Sprang-Capelle</v>
+        <v>Stemming BIZ</v>
       </c>
       <c r="E1277" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1277" s="0" t="str">
-        <v>TLTH</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1278" spans="1:6" customFormat="false">
       <c r="A1278" s="0">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="B1278" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1278" s="1">
-        <v>44593.0</v>
+        <v>44574.0</v>
       </c>
       <c r="D1278" s="0" t="str">
-        <v>Sluiting winkels</v>
+        <v>Raadsinformatiebrief 104-21 en bestuurdersbrief 81-21. Collegebesluit niet deel te nemen in publiek ontwikkelbedrijf REKS</v>
       </c>
       <c r="E1278" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1278" s="0" t="str">
-        <v>TREW</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1279" spans="1:6" customFormat="false">
       <c r="A1279" s="0">
-        <v>406</v>
+        <v>388</v>
       </c>
       <c r="B1279" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1279" s="1">
-        <v>44605.0</v>
+        <v>44572.0</v>
       </c>
       <c r="D1279" s="0" t="str">
-        <v>Opheffen buurtcomités</v>
+        <v>Overlast hop in de tuinen op de Winterdijk</v>
       </c>
       <c r="E1279" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1279" s="0" t="str">
-        <v>TLTH</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1280" spans="1:6" customFormat="false">
       <c r="A1280" s="0">
-        <v>409</v>
+        <v>390</v>
       </c>
       <c r="B1280" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1280" s="1">
-        <v>44628.0</v>
+        <v>44572.0</v>
       </c>
       <c r="D1280" s="0" t="str">
-        <v>Niet kostendekkende legestarieven</v>
+        <v>Vindbaarheid van onze inwoners</v>
       </c>
       <c r="E1280" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1280" s="0" t="str">
-        <v>TVVB</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1281" spans="1:6" customFormat="false">
       <c r="A1281" s="0">
-        <v>410</v>
+        <v>392</v>
       </c>
       <c r="B1281" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1281" s="1">
-        <v>44610.0</v>
+        <v>44553.0</v>
       </c>
       <c r="D1281" s="0" t="str">
-        <v>Energie armoede</v>
+        <v>Vervolgvragen stemming BIZ</v>
       </c>
       <c r="E1281" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1281" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1282" spans="1:6" customFormat="false">
       <c r="A1282" s="0">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="B1282" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1282" s="1">
-        <v>44607.0</v>
+        <v>44580.0</v>
       </c>
       <c r="D1282" s="0" t="str">
-        <v>Opleiding leerbewerking/schoenmakers vak</v>
+        <v>Aanvullende vragen Woonalliantie en intentie-overeenkomst Rabo-build</v>
       </c>
       <c r="E1282" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1282" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1283" spans="1:6" customFormat="false">
       <c r="A1283" s="0">
-        <v>419</v>
+        <v>395</v>
       </c>
       <c r="B1283" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1283" s="1">
-        <v>44607.0</v>
+      <c r="C1283" s="1" t="str">
+        <v/>
       </c>
       <c r="D1283" s="0" t="str">
-        <v>Inzicht in de luchtkwaliteit</v>
+        <v>Beëdiging fractievolger</v>
       </c>
       <c r="E1283" s="0" t="str">
-        <v>D. Odabasi</v>
-[...3 lines deleted...]
-      </c>
+        <v>D. Odabasi,R. Bakker</v>
+      </c>
+      <c r="F1283" s="0"/>
     </row>
     <row r="1284" spans="1:6" customFormat="false">
       <c r="A1284" s="0">
-        <v>422</v>
+        <v>400</v>
       </c>
       <c r="B1284" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1284" s="1">
-        <v>44612.0</v>
+        <v>44587.0</v>
       </c>
       <c r="D1284" s="0" t="str">
-        <v>Zorgen over financieel korten basisonderwijs</v>
+        <v>Jaarwisseling 2021-2022 - Afvalsituatie Raadhuisplein Sprang-Capelle</v>
       </c>
       <c r="E1284" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1284" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1285" spans="1:6" customFormat="false">
       <c r="A1285" s="0">
-        <v>425</v>
+        <v>403</v>
       </c>
       <c r="B1285" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1285" s="1">
-        <v>44614.0</v>
+        <v>44593.0</v>
       </c>
       <c r="D1285" s="0" t="str">
-        <v>Zwerfafval</v>
+        <v>Sluiting winkels</v>
       </c>
       <c r="E1285" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1285" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1286" spans="1:6" customFormat="false">
       <c r="A1286" s="0">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="B1286" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1286" s="1">
-        <v>44614.0</v>
+        <v>44605.0</v>
       </c>
       <c r="D1286" s="0" t="str">
-        <v>Stichting GMHK</v>
+        <v>Opheffen buurtcomités</v>
       </c>
       <c r="E1286" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1286" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1287" spans="1:6" customFormat="false">
       <c r="A1287" s="0">
-        <v>429</v>
+        <v>409</v>
       </c>
       <c r="B1287" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1287" s="1">
-        <v>44614.0</v>
+        <v>44628.0</v>
       </c>
       <c r="D1287" s="0" t="str">
-        <v>Ontwikkeling vm. brandweerkazerne</v>
+        <v>Niet kostendekkende legestarieven</v>
       </c>
       <c r="E1287" s="0" t="str">
-        <v>J. van den Hoven,E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1287" s="0" t="str">
-        <v>TREW</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1288" spans="1:6" customFormat="false">
       <c r="A1288" s="0">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="B1288" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1288" s="1">
-        <v>44623.0</v>
+        <v>44610.0</v>
       </c>
       <c r="D1288" s="0" t="str">
-        <v>Openbaarheid</v>
+        <v>Energie armoede</v>
       </c>
       <c r="E1288" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1288" s="0" t="str">
-        <v>TIBF</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1289" spans="1:6" customFormat="false">
       <c r="A1289" s="0">
-        <v>432</v>
+        <v>411</v>
       </c>
       <c r="B1289" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1289" s="1">
-        <v>44622.0</v>
+        <v>44607.0</v>
       </c>
       <c r="D1289" s="0" t="str">
-        <v>PFAS</v>
+        <v>Opleiding leerbewerking/schoenmakers vak</v>
       </c>
       <c r="E1289" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1289" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1290" spans="1:6" customFormat="false">
       <c r="A1290" s="0">
-        <v>457</v>
+        <v>419</v>
       </c>
       <c r="B1290" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1290" s="1">
-        <v>44622.0</v>
+        <v>44607.0</v>
       </c>
       <c r="D1290" s="0" t="str">
-        <v>Het parkeergedrag op het voetgangersgedeelte naast de parkeervakken</v>
+        <v>Inzicht in de luchtkwaliteit</v>
       </c>
       <c r="E1290" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1290" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1291" spans="1:6" customFormat="false">
       <c r="A1291" s="0">
-        <v>458</v>
+        <v>422</v>
       </c>
       <c r="B1291" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1291" s="1">
-        <v>44628.0</v>
+        <v>44612.0</v>
       </c>
       <c r="D1291" s="0" t="str">
-        <v>"Arbeidsmigranten", weg ermee!</v>
+        <v>Zorgen over financieel korten basisonderwijs</v>
       </c>
       <c r="E1291" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1291" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1292" spans="1:6" customFormat="false">
       <c r="A1292" s="0">
-        <v>459</v>
+        <v>425</v>
       </c>
       <c r="B1292" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1292" s="1">
-        <v>44628.0</v>
+        <v>44614.0</v>
       </c>
       <c r="D1292" s="0" t="str">
-        <v>Energieschaarste</v>
+        <v>Zwerfafval</v>
       </c>
       <c r="E1292" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1292" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1293" spans="1:6" customFormat="false">
       <c r="A1293" s="0">
-        <v>461</v>
+        <v>428</v>
       </c>
       <c r="B1293" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1293" s="1">
-        <v>44622.0</v>
+        <v>44614.0</v>
       </c>
       <c r="D1293" s="0" t="str">
-        <v>Didamarrest en gebiedsontwikkeling</v>
+        <v>Stichting GMHK</v>
       </c>
       <c r="E1293" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1293" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1294" spans="1:6" customFormat="false">
       <c r="A1294" s="0">
-        <v>464</v>
+        <v>429</v>
       </c>
       <c r="B1294" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1294" s="1">
-        <v>44622.0</v>
+        <v>44614.0</v>
       </c>
       <c r="D1294" s="0" t="str">
-        <v>Chinese camera's in Waalwijk</v>
+        <v>Ontwikkeling vm. brandweerkazerne</v>
       </c>
       <c r="E1294" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>J. van den Hoven,E. Daandels</v>
       </c>
       <c r="F1294" s="0" t="str">
-        <v>TLTH</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1295" spans="1:6" customFormat="false">
       <c r="A1295" s="0">
-        <v>470</v>
+        <v>431</v>
       </c>
       <c r="B1295" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1295" s="1">
-        <v>44614.0</v>
+        <v>44623.0</v>
       </c>
       <c r="D1295" s="0" t="str">
-        <v>Stikstofrechten</v>
+        <v>Openbaarheid</v>
       </c>
       <c r="E1295" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1295" s="0" t="str">
-        <v>TREW</v>
+        <v>TIBF</v>
       </c>
     </row>
     <row r="1296" spans="1:6" customFormat="false">
       <c r="A1296" s="0">
-        <v>484</v>
+        <v>432</v>
       </c>
       <c r="B1296" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1296" s="1">
-        <v>44642.0</v>
+        <v>44622.0</v>
       </c>
       <c r="D1296" s="0" t="str">
-        <v>Toegankelijkheid openbare ruimte</v>
+        <v>PFAS</v>
       </c>
       <c r="E1296" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1296" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1297" spans="1:6" customFormat="false">
       <c r="A1297" s="0">
-        <v>485</v>
+        <v>457</v>
       </c>
       <c r="B1297" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1297" s="1">
-        <v>44649.0</v>
+        <v>44622.0</v>
       </c>
       <c r="D1297" s="0" t="str">
-        <v>Energie armoede</v>
+        <v>Het parkeergedrag op het voetgangersgedeelte naast de parkeervakken</v>
       </c>
       <c r="E1297" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1297" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1298" spans="1:6" customFormat="false">
       <c r="A1298" s="0">
-        <v>486</v>
+        <v>458</v>
       </c>
       <c r="B1298" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1298" s="1">
-        <v>44642.0</v>
+        <v>44628.0</v>
       </c>
       <c r="D1298" s="0" t="str">
-        <v>Uurtje factuurtje</v>
+        <v>"Arbeidsmigranten", weg ermee!</v>
       </c>
       <c r="E1298" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1298" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1299" spans="1:6" customFormat="false">
       <c r="A1299" s="0">
-        <v>497</v>
+        <v>459</v>
       </c>
       <c r="B1299" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1299" s="1">
-        <v>44656.0</v>
+        <v>44628.0</v>
       </c>
       <c r="D1299" s="0" t="str">
-        <v>Uitstel opening Schoenenkwartier</v>
+        <v>Energieschaarste</v>
       </c>
       <c r="E1299" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1299" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1300" spans="1:6" customFormat="false">
       <c r="A1300" s="0">
-        <v>498</v>
+        <v>461</v>
       </c>
       <c r="B1300" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1300" s="1">
-        <v>44653.0</v>
+        <v>44622.0</v>
       </c>
       <c r="D1300" s="0" t="str">
-        <v>armoedemonitor 2019</v>
+        <v>Didamarrest en gebiedsontwikkeling</v>
       </c>
       <c r="E1300" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1300" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1301" spans="1:6" customFormat="false">
       <c r="A1301" s="0">
-        <v>501</v>
+        <v>464</v>
       </c>
       <c r="B1301" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1301" s="1">
-        <v>44656.0</v>
+        <v>44622.0</v>
       </c>
       <c r="D1301" s="0" t="str">
-        <v>Te langdurig uitstel invoeren verhoogde parkeertarieven</v>
+        <v>Chinese camera's in Waalwijk</v>
       </c>
       <c r="E1301" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1301" s="0" t="str">
-        <v>TOOR</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1302" spans="1:6" customFormat="false">
       <c r="A1302" s="0">
-        <v>502</v>
+        <v>470</v>
       </c>
       <c r="B1302" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1302" s="1">
-        <v>44676.0</v>
+        <v>44614.0</v>
       </c>
       <c r="D1302" s="0" t="str">
-        <v>Rotondemakelaar</v>
+        <v>Stikstofrechten</v>
       </c>
       <c r="E1302" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1302" s="0" t="str">
-        <v>TBUI</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1303" spans="1:6" customFormat="false">
       <c r="A1303" s="0">
-        <v>503</v>
+        <v>484</v>
       </c>
       <c r="B1303" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1303" s="1">
-        <v>44649.0</v>
+        <v>44642.0</v>
       </c>
       <c r="D1303" s="0" t="str">
-        <v>Compensatiemaatregelen stijging energielasten</v>
+        <v>Toegankelijkheid openbare ruimte</v>
       </c>
       <c r="E1303" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1303" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1304" spans="1:6" customFormat="false">
       <c r="A1304" s="0">
-        <v>537</v>
+        <v>485</v>
       </c>
       <c r="B1304" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1304" s="1">
-        <v>44697.0</v>
+        <v>44649.0</v>
       </c>
       <c r="D1304" s="0" t="str">
-        <v>Slachthuisterrein</v>
+        <v>Energie armoede</v>
       </c>
       <c r="E1304" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1304" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1305" spans="1:6" customFormat="false">
       <c r="A1305" s="0">
-        <v>542</v>
+        <v>486</v>
       </c>
       <c r="B1305" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1305" s="1">
-        <v>44733.0</v>
+        <v>44642.0</v>
       </c>
       <c r="D1305" s="0" t="str">
-        <v>Laadinfrastructuur voor E-trucks</v>
+        <v>Uurtje factuurtje</v>
       </c>
       <c r="E1305" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1305" s="0" t="str">
-        <v>TOOR</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1306" spans="1:6" customFormat="false">
       <c r="A1306" s="0">
-        <v>544</v>
+        <v>497</v>
       </c>
       <c r="B1306" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1306" s="1">
-        <v>44719.0</v>
+        <v>44656.0</v>
       </c>
       <c r="D1306" s="0" t="str">
-        <v>Zorgen over groei logistieke hotspot</v>
+        <v>Uitstel opening Schoenenkwartier</v>
       </c>
       <c r="E1306" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1306" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1307" spans="1:6" customFormat="false">
       <c r="A1307" s="0">
-        <v>545</v>
+        <v>498</v>
       </c>
       <c r="B1307" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1307" s="1">
-        <v>44719.0</v>
+        <v>44653.0</v>
       </c>
       <c r="D1307" s="0" t="str">
-        <v>Campus 't Snoekske</v>
+        <v>armoedemonitor 2019</v>
       </c>
       <c r="E1307" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1307" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1308" spans="1:6" customFormat="false">
       <c r="A1308" s="0">
-        <v>550</v>
+        <v>501</v>
       </c>
       <c r="B1308" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1308" s="1">
-        <v>44744.0</v>
+        <v>44656.0</v>
       </c>
       <c r="D1308" s="0" t="str">
-        <v>Mobiliteit elektrisch</v>
+        <v>Te langdurig uitstel invoeren verhoogde parkeertarieven</v>
       </c>
       <c r="E1308" s="0" t="str">
         <v>R. Bakker</v>
       </c>
       <c r="F1308" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1309" spans="1:6" customFormat="false">
       <c r="A1309" s="0">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="B1309" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1309" s="1">
-        <v>44756.0</v>
+        <v>44676.0</v>
       </c>
       <c r="D1309" s="0" t="str">
-        <v>Opvang vluchtelingen</v>
+        <v>Rotondemakelaar</v>
       </c>
       <c r="E1309" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1309" s="0" t="str">
-        <v>TMAO</v>
+        <v>TBUI</v>
       </c>
     </row>
     <row r="1310" spans="1:6" customFormat="false">
       <c r="A1310" s="0">
-        <v>553</v>
+        <v>503</v>
       </c>
       <c r="B1310" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1310" s="1">
-        <v>44768.0</v>
+        <v>44649.0</v>
       </c>
       <c r="D1310" s="0" t="str">
-        <v>Transitie stikstofproblematiek</v>
+        <v>Compensatiemaatregelen stijging energielasten</v>
       </c>
       <c r="E1310" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1310" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1311" spans="1:6" customFormat="false">
       <c r="A1311" s="0">
-        <v>556</v>
+        <v>537</v>
       </c>
       <c r="B1311" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1311" s="1">
-        <v>44765.0</v>
+        <v>44697.0</v>
       </c>
       <c r="D1311" s="0" t="str">
-        <v>Schuldhulpverlening</v>
+        <v>Slachthuisterrein</v>
       </c>
       <c r="E1311" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1311" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1312" spans="1:6" customFormat="false">
       <c r="A1312" s="0">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c r="B1312" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1312" s="1">
-        <v>44748.0</v>
+        <v>44733.0</v>
       </c>
       <c r="D1312" s="0" t="str">
-        <v>Uitrusting Waalwijkse boa</v>
+        <v>Laadinfrastructuur voor E-trucks</v>
       </c>
       <c r="E1312" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1312" s="0" t="str">
-        <v>TLTH</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1313" spans="1:6" customFormat="false">
       <c r="A1313" s="0">
-        <v>565</v>
+        <v>544</v>
       </c>
       <c r="B1313" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1313" s="1">
-        <v>44768.0</v>
+        <v>44719.0</v>
       </c>
       <c r="D1313" s="0" t="str">
-        <v>Wateroverlast Besoyensestraat</v>
+        <v>Zorgen over groei logistieke hotspot</v>
       </c>
       <c r="E1313" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1313" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1314" spans="1:6" customFormat="false">
       <c r="A1314" s="0">
-        <v>570</v>
+        <v>545</v>
       </c>
       <c r="B1314" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1314" s="1">
-        <v>44768.0</v>
+        <v>44719.0</v>
       </c>
       <c r="D1314" s="0" t="str">
-        <v>feestelijke oplevering natuurontwikkeling Westelijke Langstraat</v>
+        <v>Campus 't Snoekske</v>
       </c>
       <c r="E1314" s="0" t="str">
         <v>R. Bakker</v>
       </c>
       <c r="F1314" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1315" spans="1:6" customFormat="false">
       <c r="A1315" s="0">
-        <v>573</v>
+        <v>550</v>
       </c>
       <c r="B1315" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1315" s="1">
-        <v>44768.0</v>
+        <v>44744.0</v>
       </c>
       <c r="D1315" s="0" t="str">
-        <v>Onrechtmatig</v>
+        <v>Mobiliteit elektrisch</v>
       </c>
       <c r="E1315" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1315" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1316" spans="1:6" customFormat="false">
       <c r="A1316" s="0">
-        <v>587</v>
+        <v>552</v>
       </c>
       <c r="B1316" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1316" s="1">
-        <v>44787.0</v>
+        <v>44756.0</v>
       </c>
       <c r="D1316" s="0" t="str">
-        <v>Casade</v>
+        <v>Opvang vluchtelingen</v>
       </c>
       <c r="E1316" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1316" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1317" spans="1:6" customFormat="false">
       <c r="A1317" s="0">
-        <v>600</v>
+        <v>553</v>
       </c>
       <c r="B1317" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1317" s="1">
-        <v>44806.0</v>
+        <v>44768.0</v>
       </c>
       <c r="D1317" s="0" t="str">
-        <v>Campagne 'afval is waardevol' en de afvalstoffenheffing</v>
+        <v>Transitie stikstofproblematiek</v>
       </c>
       <c r="E1317" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1317" s="0" t="str">
-        <v>TVVB</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1318" spans="1:6" customFormat="false">
       <c r="A1318" s="0">
-        <v>601</v>
+        <v>556</v>
       </c>
       <c r="B1318" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1318" s="1">
-        <v>44809.0</v>
+        <v>44765.0</v>
       </c>
       <c r="D1318" s="0" t="str">
-        <v>Baanbrekers</v>
+        <v>Schuldhulpverlening</v>
       </c>
       <c r="E1318" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1318" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1319" spans="1:6" customFormat="false">
       <c r="A1319" s="0">
-        <v>607</v>
+        <v>558</v>
       </c>
       <c r="B1319" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1319" s="1">
-        <v>44816.0</v>
+        <v>44748.0</v>
       </c>
       <c r="D1319" s="0" t="str">
-        <v>Opknapbeurt speeltuin Willaertpark</v>
+        <v>Uitrusting Waalwijkse boa</v>
       </c>
       <c r="E1319" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1319" s="0" t="str">
-        <v>TORV</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1320" spans="1:6" customFormat="false">
       <c r="A1320" s="0">
-        <v>610</v>
+        <v>565</v>
       </c>
       <c r="B1320" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1320" s="1">
-        <v>44818.0</v>
+        <v>44768.0</v>
       </c>
       <c r="D1320" s="0" t="str">
-        <v>Bouwplannen SSC'55</v>
+        <v>Wateroverlast Besoyensestraat</v>
       </c>
       <c r="E1320" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1320" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1321" spans="1:6" customFormat="false">
       <c r="A1321" s="0">
-        <v>611</v>
+        <v>570</v>
       </c>
       <c r="B1321" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1321" s="1">
-        <v>44810.0</v>
+        <v>44768.0</v>
       </c>
       <c r="D1321" s="0" t="str">
-        <v>Verduurzaming kantoorpanden</v>
+        <v>feestelijke oplevering natuurontwikkeling Westelijke Langstraat</v>
       </c>
       <c r="E1321" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1321" s="0" t="str">
-        <v>TPNP</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1322" spans="1:6" customFormat="false">
       <c r="A1322" s="0">
-        <v>612</v>
+        <v>573</v>
       </c>
       <c r="B1322" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1322" s="1">
-        <v>44821.0</v>
+        <v>44768.0</v>
       </c>
       <c r="D1322" s="0" t="str">
-        <v>Glasvezel in Waalwijk</v>
+        <v>Onrechtmatig</v>
       </c>
       <c r="E1322" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1322" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1323" spans="1:6" customFormat="false">
       <c r="A1323" s="0">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="B1323" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1323" s="1">
-        <v>44826.0</v>
+        <v>44787.0</v>
       </c>
       <c r="D1323" s="0" t="str">
-        <v>Pijn op het plein</v>
+        <v>Casade</v>
       </c>
       <c r="E1323" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1323" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1324" spans="1:6" customFormat="false">
       <c r="A1324" s="0">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="B1324" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1324" s="1">
-        <v>44829.0</v>
+        <v>44806.0</v>
       </c>
       <c r="D1324" s="0" t="str">
-        <v>Raadsinformatiebrief 056-22 Vervolgproces Grootschalige Opwek Duurzame energie</v>
+        <v>Campagne 'afval is waardevol' en de afvalstoffenheffing</v>
       </c>
       <c r="E1324" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1324" s="0" t="str">
-        <v>TREW</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1325" spans="1:6" customFormat="false">
       <c r="A1325" s="0">
-        <v>626</v>
+        <v>601</v>
       </c>
       <c r="B1325" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1325" s="1">
-        <v>44839.0</v>
+        <v>44809.0</v>
       </c>
       <c r="D1325" s="0" t="str">
-        <v>Niet verlengen contract directeur Schoenenkwartier</v>
+        <v>Baanbrekers</v>
       </c>
       <c r="E1325" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1325" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1326" spans="1:6" customFormat="false">
       <c r="A1326" s="0">
-        <v>628</v>
+        <v>607</v>
       </c>
       <c r="B1326" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1326" s="1">
-        <v>44831.0</v>
+        <v>44816.0</v>
       </c>
       <c r="D1326" s="0" t="str">
-        <v>Driest</v>
+        <v>Opknapbeurt speeltuin Willaertpark</v>
       </c>
       <c r="E1326" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1326" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1327" spans="1:6" customFormat="false">
       <c r="A1327" s="0">
-        <v>639</v>
+        <v>610</v>
       </c>
       <c r="B1327" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1327" s="1">
         <v>44818.0</v>
       </c>
       <c r="D1327" s="0" t="str">
-        <v>Hoe zit het met de Energiemaatjes?</v>
+        <v>Bouwplannen SSC'55</v>
       </c>
       <c r="E1327" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1327" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1328" spans="1:6" customFormat="false">
       <c r="A1328" s="0">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="B1328" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1328" s="1">
-        <v>44847.0</v>
+        <v>44810.0</v>
       </c>
       <c r="D1328" s="0" t="str">
-        <v>Niet (kunnen) voldoen aan (financiële) verplichtingen</v>
+        <v>Verduurzaming kantoorpanden</v>
       </c>
       <c r="E1328" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1328" s="0" t="str">
-        <v>TMAO</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1329" spans="1:6" customFormat="false">
       <c r="A1329" s="0">
-        <v>673</v>
+        <v>612</v>
       </c>
       <c r="B1329" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1329" s="1">
-        <v>44868.0</v>
+        <v>44821.0</v>
       </c>
       <c r="D1329" s="0" t="str">
-        <v>Vervolgvragen niet verlengen overeenkomst directeur Schoenenkwartier</v>
+        <v>Glasvezel in Waalwijk</v>
       </c>
       <c r="E1329" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1329" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1330" spans="1:6" customFormat="false">
       <c r="A1330" s="0">
-        <v>676</v>
+        <v>613</v>
       </c>
       <c r="B1330" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1330" s="1">
-        <v>44874.0</v>
+        <v>44826.0</v>
       </c>
       <c r="D1330" s="0" t="str">
-        <v>Gemeentelijke acommodaties</v>
+        <v>Pijn op het plein</v>
       </c>
       <c r="E1330" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1330" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1331" spans="1:6" customFormat="false">
       <c r="A1331" s="0">
-        <v>677</v>
+        <v>614</v>
       </c>
       <c r="B1331" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1331" s="1">
-        <v>44874.0</v>
+        <v>44829.0</v>
       </c>
       <c r="D1331" s="0" t="str">
-        <v>Energieverbruik stadhuis aan de Winterdijk</v>
+        <v>Raadsinformatiebrief 056-22 Vervolgproces Grootschalige Opwek Duurzame energie</v>
       </c>
       <c r="E1331" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1331" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1332" spans="1:6" customFormat="false">
       <c r="A1332" s="0">
-        <v>683</v>
+        <v>626</v>
       </c>
       <c r="B1332" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1332" s="1">
-        <v>44873.0</v>
+        <v>44839.0</v>
       </c>
       <c r="D1332" s="0" t="str">
-        <v>Veiligheidsdag</v>
+        <v>Niet verlengen contract directeur Schoenenkwartier</v>
       </c>
       <c r="E1332" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1332" s="0" t="str">
-        <v>TLTH</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1333" spans="1:6" customFormat="false">
       <c r="A1333" s="0">
-        <v>693</v>
+        <v>628</v>
       </c>
       <c r="B1333" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1333" s="1">
-        <v>44883.0</v>
+        <v>44831.0</v>
       </c>
       <c r="D1333" s="0" t="str">
-        <v>Lokale Inclusie Agenda</v>
+        <v>Driest</v>
       </c>
       <c r="E1333" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1333" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1334" spans="1:6" customFormat="false">
       <c r="A1334" s="0">
-        <v>702</v>
+        <v>639</v>
       </c>
       <c r="B1334" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1334" s="1">
-        <v>44875.0</v>
+        <v>44818.0</v>
       </c>
       <c r="D1334" s="0" t="str">
-        <v>Energietoeslag</v>
+        <v>Hoe zit het met de Energiemaatjes?</v>
       </c>
       <c r="E1334" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1334" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1335" spans="1:6" customFormat="false">
       <c r="A1335" s="0">
-        <v>706</v>
+        <v>641</v>
       </c>
       <c r="B1335" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1335" s="1">
-        <v>44899.0</v>
+        <v>44847.0</v>
       </c>
       <c r="D1335" s="0" t="str">
-        <v>Woningbouw in Waalwijk</v>
+        <v>Niet (kunnen) voldoen aan (financiële) verplichtingen</v>
       </c>
       <c r="E1335" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1335" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1336" spans="1:6" customFormat="false">
       <c r="A1336" s="0">
-        <v>727</v>
+        <v>673</v>
       </c>
       <c r="B1336" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1336" s="1">
-        <v>44900.0</v>
+        <v>44868.0</v>
       </c>
       <c r="D1336" s="0" t="str">
-        <v>Huishoudelijke hulp binnen de Wmo in Waalwijk</v>
+        <v>Vervolgvragen niet verlengen overeenkomst directeur Schoenenkwartier</v>
       </c>
       <c r="E1336" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1336" s="0" t="str">
-        <v>TWIJZ</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1337" spans="1:6" customFormat="false">
       <c r="A1337" s="0">
-        <v>734</v>
+        <v>676</v>
       </c>
       <c r="B1337" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1337" s="1">
-        <v>44916.0</v>
+        <v>44874.0</v>
       </c>
       <c r="D1337" s="0" t="str">
-        <v>Verstedelijking en mobiliteit in Brabant</v>
+        <v>Gemeentelijke acommodaties</v>
       </c>
       <c r="E1337" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1337" s="0" t="str">
-        <v>CSTR</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1338" spans="1:6" customFormat="false">
       <c r="A1338" s="0">
-        <v>735</v>
+        <v>677</v>
       </c>
       <c r="B1338" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1338" s="1">
-        <v>44916.0</v>
+        <v>44874.0</v>
       </c>
       <c r="D1338" s="0" t="str">
-        <v>waterberging</v>
+        <v>Energieverbruik stadhuis aan de Winterdijk</v>
       </c>
       <c r="E1338" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1338" s="0" t="str">
         <v>TORV</v>
       </c>
     </row>
     <row r="1339" spans="1:6" customFormat="false">
       <c r="A1339" s="0">
-        <v>767</v>
+        <v>683</v>
       </c>
       <c r="B1339" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1339" s="1">
-        <v>44924.0</v>
+        <v>44873.0</v>
       </c>
       <c r="D1339" s="0" t="str">
-        <v>Leerlingenvervoer</v>
+        <v>Veiligheidsdag</v>
       </c>
       <c r="E1339" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1339" s="0" t="str">
-        <v>TWIJZ</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1340" spans="1:6" customFormat="false">
       <c r="A1340" s="0">
-        <v>789</v>
+        <v>693</v>
       </c>
       <c r="B1340" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1340" s="1">
-        <v>44952.0</v>
+        <v>44883.0</v>
       </c>
       <c r="D1340" s="0" t="str">
-        <v>Papierinzameling</v>
+        <v>Lokale Inclusie Agenda</v>
       </c>
       <c r="E1340" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1340" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1341" spans="1:6" customFormat="false">
       <c r="A1341" s="0">
-        <v>797</v>
+        <v>702</v>
       </c>
       <c r="B1341" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1341" s="1">
-        <v>44966.0</v>
+        <v>44875.0</v>
       </c>
       <c r="D1341" s="0" t="str">
-        <v>De Kazerne</v>
+        <v>Energietoeslag</v>
       </c>
       <c r="E1341" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1341" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1342" spans="1:6" customFormat="false">
       <c r="A1342" s="0">
-        <v>798</v>
+        <v>706</v>
       </c>
       <c r="B1342" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1342" s="1">
-        <v>44959.0</v>
+        <v>44899.0</v>
       </c>
       <c r="D1342" s="0" t="str">
-        <v>In de kou</v>
+        <v>Woningbouw in Waalwijk</v>
       </c>
       <c r="E1342" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1342" s="0" t="str">
-        <v>TPNP</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1343" spans="1:6" customFormat="false">
       <c r="A1343" s="0">
-        <v>814</v>
+        <v>727</v>
       </c>
       <c r="B1343" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1343" s="1">
-        <v>44973.0</v>
+        <v>44900.0</v>
       </c>
       <c r="D1343" s="0" t="str">
-        <v>Jeugdbescherming</v>
+        <v>Huishoudelijke hulp binnen de Wmo in Waalwijk</v>
       </c>
       <c r="E1343" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1343" s="0" t="str">
-        <v>TMAO</v>
+        <v>TWIJZ</v>
       </c>
     </row>
     <row r="1344" spans="1:6" customFormat="false">
       <c r="A1344" s="0">
-        <v>816</v>
+        <v>734</v>
       </c>
       <c r="B1344" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1344" s="1">
-        <v>44976.0</v>
+        <v>44916.0</v>
       </c>
       <c r="D1344" s="0" t="str">
-        <v>Het prijskaartje van vuurwerkschade</v>
+        <v>Verstedelijking en mobiliteit in Brabant</v>
       </c>
       <c r="E1344" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1344" s="0" t="str">
-        <v>TLTH</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1345" spans="1:6" customFormat="false">
       <c r="A1345" s="0">
-        <v>826</v>
+        <v>735</v>
       </c>
       <c r="B1345" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1345" s="1">
-        <v>44982.0</v>
+        <v>44916.0</v>
       </c>
       <c r="D1345" s="0" t="str">
-        <v>Status energielabels kantoorpanden</v>
+        <v>waterberging</v>
       </c>
       <c r="E1345" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1345" s="0" t="str">
-        <v>TPNP</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1346" spans="1:6" customFormat="false">
       <c r="A1346" s="0">
-        <v>833</v>
+        <v>767</v>
       </c>
       <c r="B1346" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1346" s="1" t="str">
-        <v/>
+      <c r="C1346" s="1">
+        <v>44924.0</v>
       </c>
       <c r="D1346" s="0" t="str">
-        <v>Jeugdzorg 18 jaar en ouder</v>
+        <v>Leerlingenvervoer</v>
       </c>
       <c r="E1346" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1346" s="0" t="str">
-        <v>TMAO</v>
+        <v>TWIJZ</v>
       </c>
     </row>
     <row r="1347" spans="1:6" customFormat="false">
       <c r="A1347" s="0">
-        <v>834</v>
+        <v>789</v>
       </c>
       <c r="B1347" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1347" s="1">
-        <v>44987.0</v>
+        <v>44952.0</v>
       </c>
       <c r="D1347" s="0" t="str">
-        <v>Jeugdzorg 18 jaar en ouder</v>
+        <v>Papierinzameling</v>
       </c>
       <c r="E1347" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1347" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1348" spans="1:6" customFormat="false">
       <c r="A1348" s="0">
-        <v>850</v>
+        <v>797</v>
       </c>
       <c r="B1348" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1348" s="1">
-        <v>45001.0</v>
+        <v>44966.0</v>
       </c>
       <c r="D1348" s="0" t="str">
-        <v>Personele perikelen Schoenenkwartier</v>
+        <v>De Kazerne</v>
       </c>
       <c r="E1348" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1348" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1349" spans="1:6" customFormat="false">
       <c r="A1349" s="0">
-        <v>851</v>
+        <v>798</v>
       </c>
       <c r="B1349" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1349" s="1">
-        <v>44999.0</v>
+        <v>44959.0</v>
       </c>
       <c r="D1349" s="0" t="str">
-        <v>Energieopslag</v>
+        <v>In de kou</v>
       </c>
       <c r="E1349" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1349" s="0" t="str">
-        <v>TREW</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1350" spans="1:6" customFormat="false">
       <c r="A1350" s="0">
-        <v>872</v>
+        <v>814</v>
       </c>
       <c r="B1350" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1350" s="1">
-        <v>45008.0</v>
+        <v>44973.0</v>
       </c>
       <c r="D1350" s="0" t="str">
-        <v>Onderzoek Autoriteit Consument &amp; Markt</v>
+        <v>Jeugdbescherming</v>
       </c>
       <c r="E1350" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1350" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1351" spans="1:6" customFormat="false">
       <c r="A1351" s="0">
-        <v>873</v>
+        <v>816</v>
       </c>
       <c r="B1351" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1351" s="1">
-        <v>45012.0</v>
+        <v>44976.0</v>
       </c>
       <c r="D1351" s="0" t="str">
-        <v>Reserve Schoenenkwartier</v>
+        <v>Het prijskaartje van vuurwerkschade</v>
       </c>
       <c r="E1351" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1351" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1352" spans="1:6" customFormat="false">
       <c r="A1352" s="0">
-        <v>874</v>
+        <v>826</v>
       </c>
       <c r="B1352" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1352" s="1">
-        <v>45008.0</v>
+        <v>44982.0</v>
       </c>
       <c r="D1352" s="0" t="str">
-        <v xml:space="preserve">Voorkeursalternatief (VKA) </v>
+        <v>Status energielabels kantoorpanden</v>
       </c>
       <c r="E1352" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1352" s="0" t="str">
-        <v>TREW</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1353" spans="1:6" customFormat="false">
       <c r="A1353" s="0">
-        <v>875</v>
+        <v>833</v>
       </c>
       <c r="B1353" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1353" s="1">
-        <v>45012.0</v>
+      <c r="C1353" s="1" t="str">
+        <v/>
       </c>
       <c r="D1353" s="0" t="str">
-        <v>Grootschalige opwek duurzame energie</v>
+        <v>Jeugdzorg 18 jaar en ouder</v>
       </c>
       <c r="E1353" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1353" s="0" t="str">
-        <v>TPNP</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1354" spans="1:6" customFormat="false">
       <c r="A1354" s="0">
-        <v>878</v>
+        <v>834</v>
       </c>
       <c r="B1354" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1354" s="1">
-        <v>45020.0</v>
+        <v>44987.0</v>
       </c>
       <c r="D1354" s="0" t="str">
-        <v>Nogmaals het parkeergedrag op het voetgangersgedeelte naast de parkeervakken</v>
+        <v>Jeugdzorg 18 jaar en ouder</v>
       </c>
       <c r="E1354" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1354" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1355" spans="1:6" customFormat="false">
       <c r="A1355" s="0">
-        <v>898</v>
+        <v>850</v>
       </c>
       <c r="B1355" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1355" s="1">
-        <v>45048.0</v>
+        <v>45001.0</v>
       </c>
       <c r="D1355" s="0" t="str">
-        <v>Verschraling jongerencultuur</v>
+        <v>Personele perikelen Schoenenkwartier</v>
       </c>
       <c r="E1355" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1355" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1356" spans="1:6" customFormat="false">
       <c r="A1356" s="0">
-        <v>900</v>
+        <v>851</v>
       </c>
       <c r="B1356" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1356" s="1">
-        <v>45041.0</v>
+        <v>44999.0</v>
       </c>
       <c r="D1356" s="0" t="str">
-        <v>Armoede fout</v>
+        <v>Energieopslag</v>
       </c>
       <c r="E1356" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1356" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1357" spans="1:6" customFormat="false">
       <c r="A1357" s="0">
-        <v>903</v>
+        <v>872</v>
       </c>
       <c r="B1357" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1357" s="1">
-        <v>45044.0</v>
+        <v>45008.0</v>
       </c>
       <c r="D1357" s="0" t="str">
-        <v>Schaalsprong</v>
+        <v>Onderzoek Autoriteit Consument &amp; Markt</v>
       </c>
       <c r="E1357" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1357" s="0" t="str">
-        <v>CSTR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1358" spans="1:6" customFormat="false">
       <c r="A1358" s="0">
-        <v>905</v>
+        <v>873</v>
       </c>
       <c r="B1358" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1358" s="1">
-        <v>45041.0</v>
+        <v>45012.0</v>
       </c>
       <c r="D1358" s="0" t="str">
-        <v>GOL</v>
+        <v>Reserve Schoenenkwartier</v>
       </c>
       <c r="E1358" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1358" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1359" spans="1:6" customFormat="false">
       <c r="A1359" s="0">
-        <v>906</v>
+        <v>874</v>
       </c>
       <c r="B1359" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1359" s="1">
-        <v>45041.0</v>
+        <v>45008.0</v>
       </c>
       <c r="D1359" s="0" t="str">
-        <v>Nieuwe daklozen</v>
+        <v xml:space="preserve">Voorkeursalternatief (VKA) </v>
       </c>
       <c r="E1359" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1359" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1360" spans="1:6" customFormat="false">
       <c r="A1360" s="0">
-        <v>907</v>
+        <v>875</v>
       </c>
       <c r="B1360" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1360" s="1" t="str">
-        <v/>
+      <c r="C1360" s="1">
+        <v>45012.0</v>
       </c>
       <c r="D1360" s="0" t="str">
-        <v>Vervolgvraag onderzoek ACM</v>
+        <v>Grootschalige opwek duurzame energie</v>
       </c>
       <c r="E1360" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1360" s="0" t="str">
-        <v>TREW</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1361" spans="1:6" customFormat="false">
       <c r="A1361" s="0">
-        <v>908</v>
+        <v>878</v>
       </c>
       <c r="B1361" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1361" s="1">
-        <v>45290.0</v>
+        <v>45020.0</v>
       </c>
       <c r="D1361" s="0" t="str">
-        <v>Vervolgvraag onderzoek ACM</v>
+        <v>Nogmaals het parkeergedrag op het voetgangersgedeelte naast de parkeervakken</v>
       </c>
       <c r="E1361" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1361" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1362" spans="1:6" customFormat="false">
       <c r="A1362" s="0">
-        <v>909</v>
+        <v>898</v>
       </c>
       <c r="B1362" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1362" s="1">
-        <v>45051.0</v>
+        <v>45048.0</v>
       </c>
       <c r="D1362" s="0" t="str">
-        <v>Personele perikelen Schoenenkwartier vervolg vragen</v>
+        <v>Verschraling jongerencultuur</v>
       </c>
       <c r="E1362" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1362" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1363" spans="1:6" customFormat="false">
       <c r="A1363" s="0">
-        <v>911</v>
+        <v>900</v>
       </c>
       <c r="B1363" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1363" s="1">
-        <v>45055.0</v>
+        <v>45041.0</v>
       </c>
       <c r="D1363" s="0" t="str">
-        <v>Bijstand voor jongeren</v>
+        <v>Armoede fout</v>
       </c>
       <c r="E1363" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1363" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1364" spans="1:6" customFormat="false">
       <c r="A1364" s="0">
-        <v>912</v>
+        <v>903</v>
       </c>
       <c r="B1364" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1364" s="1">
-        <v>45063.0</v>
+        <v>45044.0</v>
       </c>
       <c r="D1364" s="0" t="str">
-        <v>Herinrichting Blyde Incomstelaan</v>
+        <v>Schaalsprong</v>
       </c>
       <c r="E1364" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1364" s="0" t="str">
-        <v>TOOR</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1365" spans="1:6" customFormat="false">
       <c r="A1365" s="0">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="B1365" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1365" s="1">
-        <v>45062.0</v>
+        <v>45041.0</v>
       </c>
       <c r="D1365" s="0" t="str">
-        <v>Ontwikkelingen Taxandriaweg</v>
+        <v>GOL</v>
       </c>
       <c r="E1365" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1365" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1366" spans="1:6" customFormat="false">
       <c r="A1366" s="0">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="B1366" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1366" s="1" t="str">
-        <v/>
+      <c r="C1366" s="1">
+        <v>45041.0</v>
       </c>
       <c r="D1366" s="0" t="str">
-        <v>Bijstand voor jongeren</v>
+        <v>Nieuwe daklozen</v>
       </c>
       <c r="E1366" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1366" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1367" spans="1:6" customFormat="false">
       <c r="A1367" s="0">
-        <v>930</v>
+        <v>907</v>
       </c>
       <c r="B1367" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1367" s="1">
-        <v>45078.0</v>
+      <c r="C1367" s="1" t="str">
+        <v/>
       </c>
       <c r="D1367" s="0" t="str">
-        <v>uitspraak Raad van State Bestemmingsplan Sint Clemenskerk</v>
+        <v>Vervolgvraag onderzoek ACM</v>
       </c>
       <c r="E1367" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1367" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1368" spans="1:6" customFormat="false">
       <c r="A1368" s="0">
-        <v>931</v>
+        <v>908</v>
       </c>
       <c r="B1368" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1368" s="1">
-        <v>45074.0</v>
+        <v>45290.0</v>
       </c>
       <c r="D1368" s="0" t="str">
-        <v>Bestemmingsplan Clemenskerk</v>
+        <v>Vervolgvraag onderzoek ACM</v>
       </c>
       <c r="E1368" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1368" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1369" spans="1:6" customFormat="false">
       <c r="A1369" s="0">
-        <v>932</v>
+        <v>909</v>
       </c>
       <c r="B1369" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1369" s="1">
-        <v>45062.0</v>
+        <v>45051.0</v>
       </c>
       <c r="D1369" s="0" t="str">
-        <v>Ontwikkelingen Taxandriaweg (2)</v>
+        <v>Personele perikelen Schoenenkwartier vervolg vragen</v>
       </c>
       <c r="E1369" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1369" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1370" spans="1:6" customFormat="false">
       <c r="A1370" s="0">
-        <v>933</v>
+        <v>911</v>
       </c>
       <c r="B1370" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1370" s="1">
-        <v>45071.0</v>
+        <v>45055.0</v>
       </c>
       <c r="D1370" s="0" t="str">
-        <v>Financiële risico’s insteekhaven</v>
+        <v>Bijstand voor jongeren</v>
       </c>
       <c r="E1370" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1370" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1371" spans="1:6" customFormat="false">
       <c r="A1371" s="0">
-        <v>941</v>
+        <v>912</v>
       </c>
       <c r="B1371" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1371" s="1">
-        <v>45093.0</v>
+        <v>45063.0</v>
       </c>
       <c r="D1371" s="0" t="str">
-        <v>Herdenking 4 mei bij Oorlogsmonument inclusiever maken</v>
+        <v>Herinrichting Blyde Incomstelaan</v>
       </c>
       <c r="E1371" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1371" s="0" t="str">
-        <v>CSTR</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1372" spans="1:6" customFormat="false">
       <c r="A1372" s="0">
-        <v>967</v>
+        <v>913</v>
       </c>
       <c r="B1372" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1372" s="1">
-        <v>45111.0</v>
+        <v>45062.0</v>
       </c>
       <c r="D1372" s="0" t="str">
-        <v>Vercommercialisering huisartsenzorg</v>
+        <v>Ontwikkelingen Taxandriaweg</v>
       </c>
       <c r="E1372" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1372" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1373" spans="1:6" customFormat="false">
       <c r="A1373" s="0">
-        <v>969</v>
+        <v>914</v>
       </c>
       <c r="B1373" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1373" s="1">
-        <v>45120.0</v>
+      <c r="C1373" s="1" t="str">
+        <v/>
       </c>
       <c r="D1373" s="0" t="str">
-        <v>Vervolgvragen voormalig directeur Schoenenmuseum</v>
+        <v>Bijstand voor jongeren</v>
       </c>
       <c r="E1373" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1373" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1374" spans="1:6" customFormat="false">
       <c r="A1374" s="0">
-        <v>971</v>
+        <v>930</v>
       </c>
       <c r="B1374" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1374" s="1">
-        <v>45122.0</v>
+        <v>45078.0</v>
       </c>
       <c r="D1374" s="0" t="str">
-        <v>Wijziging mandaatregeling</v>
+        <v>uitspraak Raad van State Bestemmingsplan Sint Clemenskerk</v>
       </c>
       <c r="E1374" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1374" s="0" t="str">
-        <v>DIRC</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1375" spans="1:6" customFormat="false">
       <c r="A1375" s="0">
-        <v>975</v>
+        <v>931</v>
       </c>
       <c r="B1375" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1375" s="1">
-        <v>45134.0</v>
+        <v>45074.0</v>
       </c>
       <c r="D1375" s="0" t="str">
-        <v>Ontwikkelingen Oude Toren</v>
+        <v>Bestemmingsplan Clemenskerk</v>
       </c>
       <c r="E1375" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1375" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1376" spans="1:6" customFormat="false">
       <c r="A1376" s="0">
-        <v>1003</v>
+        <v>932</v>
       </c>
       <c r="B1376" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1376" s="1">
-        <v>45161.0</v>
+        <v>45062.0</v>
       </c>
       <c r="D1376" s="0" t="str">
-        <v>Casade Dakenstroom</v>
+        <v>Ontwikkelingen Taxandriaweg (2)</v>
       </c>
       <c r="E1376" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1376" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1377" spans="1:6" customFormat="false">
       <c r="A1377" s="0">
-        <v>1004</v>
+        <v>933</v>
       </c>
       <c r="B1377" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1377" s="1">
-        <v>45155.0</v>
+        <v>45071.0</v>
       </c>
       <c r="D1377" s="0" t="str">
-        <v>Indonesische verpleegkundigen</v>
+        <v>Financiële risico’s insteekhaven</v>
       </c>
       <c r="E1377" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1377" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1378" spans="1:6" customFormat="false">
       <c r="A1378" s="0">
-        <v>1011</v>
+        <v>941</v>
       </c>
       <c r="B1378" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1378" s="1">
-        <v>45183.0</v>
+        <v>45093.0</v>
       </c>
       <c r="D1378" s="0" t="str">
-        <v>Parkeerbeheer</v>
+        <v>Herdenking 4 mei bij Oorlogsmonument inclusiever maken</v>
       </c>
       <c r="E1378" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1378" s="0" t="str">
-        <v>TOOR</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1379" spans="1:6" customFormat="false">
       <c r="A1379" s="0">
-        <v>1012</v>
+        <v>967</v>
       </c>
       <c r="B1379" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1379" s="1">
-        <v>45167.0</v>
+        <v>45111.0</v>
       </c>
       <c r="D1379" s="0" t="str">
-        <v>Invoering Wet open overheid (Woo)</v>
+        <v>Vercommercialisering huisartsenzorg</v>
       </c>
       <c r="E1379" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1379" s="0" t="str">
-        <v>TIBF</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1380" spans="1:6" customFormat="false">
       <c r="A1380" s="0">
-        <v>1013</v>
+        <v>969</v>
       </c>
       <c r="B1380" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1380" s="1">
-        <v>45174.0</v>
+        <v>45120.0</v>
       </c>
       <c r="D1380" s="0" t="str">
-        <v>Buurthuis Sprang-Capelle en Driessen</v>
+        <v>Vervolgvragen voormalig directeur Schoenenmuseum</v>
       </c>
       <c r="E1380" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1380" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1381" spans="1:6" customFormat="false">
       <c r="A1381" s="0">
-        <v>1015</v>
+        <v>971</v>
       </c>
       <c r="B1381" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1381" s="1">
-        <v>45174.0</v>
+        <v>45122.0</v>
       </c>
       <c r="D1381" s="0" t="str">
-        <v>Van Andelstraat</v>
+        <v>Wijziging mandaatregeling</v>
       </c>
       <c r="E1381" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1381" s="0" t="str">
-        <v>TREW</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1382" spans="1:6" customFormat="false">
       <c r="A1382" s="0">
-        <v>1016</v>
+        <v>975</v>
       </c>
       <c r="B1382" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1382" s="1">
-        <v>45188.0</v>
+        <v>45134.0</v>
       </c>
       <c r="D1382" s="0" t="str">
-        <v>Schoenenhalfuur</v>
+        <v>Ontwikkelingen Oude Toren</v>
       </c>
       <c r="E1382" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1382" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1383" spans="1:6" customFormat="false">
       <c r="A1383" s="0">
-        <v>1017</v>
+        <v>1003</v>
       </c>
       <c r="B1383" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1383" s="1">
-        <v>45184.0</v>
+        <v>45161.0</v>
       </c>
       <c r="D1383" s="0" t="str">
-        <v>Brede welvaart</v>
+        <v>Casade Dakenstroom</v>
       </c>
       <c r="E1383" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1383" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1384" spans="1:6" customFormat="false">
       <c r="A1384" s="0">
-        <v>1021</v>
+        <v>1004</v>
       </c>
       <c r="B1384" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1384" s="1">
-        <v>45197.0</v>
+        <v>45155.0</v>
       </c>
       <c r="D1384" s="0" t="str">
-        <v>Arbeidsmigrantenverblijf</v>
+        <v>Indonesische verpleegkundigen</v>
       </c>
       <c r="E1384" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1384" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1385" spans="1:6" customFormat="false">
       <c r="A1385" s="0">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="B1385" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1385" s="1">
-        <v>45195.0</v>
+        <v>45183.0</v>
       </c>
       <c r="D1385" s="0" t="str">
-        <v>Verkeerd geparkeerde fietsen tegen gevels en stoepen in het centrum</v>
+        <v>Parkeerbeheer</v>
       </c>
       <c r="E1385" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1385" s="0" t="str">
-        <v>TLTH</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1386" spans="1:6" customFormat="false">
       <c r="A1386" s="0">
-        <v>1024</v>
+        <v>1012</v>
       </c>
       <c r="B1386" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1386" s="1">
-        <v>45181.0</v>
+        <v>45167.0</v>
       </c>
       <c r="D1386" s="0" t="str">
-        <v>Beroep Raad van State - gaswinning Vermillion</v>
+        <v>Invoering Wet open overheid (Woo)</v>
       </c>
       <c r="E1386" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1386" s="0" t="str">
-        <v>TREW</v>
+        <v>TIBF</v>
       </c>
     </row>
     <row r="1387" spans="1:6" customFormat="false">
       <c r="A1387" s="0">
-        <v>1030</v>
+        <v>1013</v>
       </c>
       <c r="B1387" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1387" s="1">
-        <v>45204.0</v>
+        <v>45174.0</v>
       </c>
       <c r="D1387" s="0" t="str">
-        <v>Zorgfraude</v>
+        <v>Buurthuis Sprang-Capelle en Driessen</v>
       </c>
       <c r="E1387" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1387" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1388" spans="1:6" customFormat="false">
       <c r="A1388" s="0">
-        <v>1031</v>
+        <v>1015</v>
       </c>
       <c r="B1388" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1388" s="1">
-        <v>45202.0</v>
+        <v>45174.0</v>
       </c>
       <c r="D1388" s="0" t="str">
-        <v>Ongelijkheid energiearmoede</v>
+        <v>Van Andelstraat</v>
       </c>
       <c r="E1388" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1388" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1389" spans="1:6" customFormat="false">
       <c r="A1389" s="0">
-        <v>1035</v>
+        <v>1016</v>
       </c>
       <c r="B1389" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1389" s="1">
-        <v>45209.0</v>
+        <v>45188.0</v>
       </c>
       <c r="D1389" s="0" t="str">
-        <v>Schaduwplaatsen creëren voor dieren op landbouwgrond</v>
+        <v>Schoenenhalfuur</v>
       </c>
       <c r="E1389" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1389" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1390" spans="1:6" customFormat="false">
       <c r="A1390" s="0">
-        <v>1055</v>
+        <v>1017</v>
       </c>
       <c r="B1390" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1390" s="1">
-        <v>45228.0</v>
+        <v>45184.0</v>
       </c>
       <c r="D1390" s="0" t="str">
-        <v>Neutraliteit Boa-uniform</v>
+        <v>Brede welvaart</v>
       </c>
       <c r="E1390" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1390" s="0" t="str">
-        <v>TLTH</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1391" spans="1:6" customFormat="false">
       <c r="A1391" s="0">
-        <v>1062</v>
+        <v>1021</v>
       </c>
       <c r="B1391" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1391" s="1">
-        <v>45240.0</v>
+        <v>45197.0</v>
       </c>
       <c r="D1391" s="0" t="str">
-        <v>Financiële situatie Schoenenkwartier</v>
+        <v>Arbeidsmigrantenverblijf</v>
       </c>
       <c r="E1391" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1391" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1392" spans="1:6" customFormat="false">
       <c r="A1392" s="0">
-        <v>1065</v>
+        <v>1023</v>
       </c>
       <c r="B1392" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1392" s="1">
-        <v>45236.0</v>
+        <v>45195.0</v>
       </c>
       <c r="D1392" s="0" t="str">
-        <v>Vragen naar aanleiding van de publieksrapportage ETHOS telling</v>
+        <v>Verkeerd geparkeerde fietsen tegen gevels en stoepen in het centrum</v>
       </c>
       <c r="E1392" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1392" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1393" spans="1:6" customFormat="false">
       <c r="A1393" s="0">
-        <v>1077</v>
+        <v>1024</v>
       </c>
       <c r="B1393" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1393" s="1">
-        <v>45237.0</v>
+        <v>45181.0</v>
       </c>
       <c r="D1393" s="0" t="str">
-        <v>WSC + Tachos</v>
+        <v>Beroep Raad van State - gaswinning Vermillion</v>
       </c>
       <c r="E1393" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1393" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1394" spans="1:6" customFormat="false">
       <c r="A1394" s="0">
-        <v>1094</v>
+        <v>1030</v>
       </c>
       <c r="B1394" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1394" s="1">
-        <v>45244.0</v>
+        <v>45204.0</v>
       </c>
       <c r="D1394" s="0" t="str">
-        <v>Jaarverslag 2022 Stichting Bergsche Maasveren</v>
+        <v>Zorgfraude</v>
       </c>
       <c r="E1394" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1394" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1395" spans="1:6" customFormat="false">
       <c r="A1395" s="0">
-        <v>1114</v>
+        <v>1031</v>
       </c>
       <c r="B1395" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1395" s="1">
-        <v>45280.0</v>
+        <v>45202.0</v>
       </c>
       <c r="D1395" s="0" t="str">
-        <v>Vervolgvragen jaarverslag 2022 Stichting Bergsche Maasveren</v>
+        <v>Ongelijkheid energiearmoede</v>
       </c>
       <c r="E1395" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1395" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1396" spans="1:6" customFormat="false">
       <c r="A1396" s="0">
-        <v>1156</v>
+        <v>1035</v>
       </c>
       <c r="B1396" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1396" s="1">
-        <v>45323.0</v>
+        <v>45209.0</v>
       </c>
       <c r="D1396" s="0" t="str">
-        <v>Financiële situatie schoenenmuseum</v>
+        <v>Schaduwplaatsen creëren voor dieren op landbouwgrond</v>
       </c>
       <c r="E1396" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1396" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1397" spans="1:6" customFormat="false">
       <c r="A1397" s="0">
-        <v>1158</v>
+        <v>1055</v>
       </c>
       <c r="B1397" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1397" s="1" t="str">
-        <v/>
+      <c r="C1397" s="1">
+        <v>45228.0</v>
       </c>
       <c r="D1397" s="0" t="str">
-        <v>Parkeerproblemen</v>
+        <v>Neutraliteit Boa-uniform</v>
       </c>
       <c r="E1397" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1397" s="0" t="str">
-        <v>TORV</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1398" spans="1:6" customFormat="false">
       <c r="A1398" s="0">
-        <v>1159</v>
+        <v>1062</v>
       </c>
       <c r="B1398" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1398" s="1">
-        <v>45323.0</v>
+        <v>45240.0</v>
       </c>
       <c r="D1398" s="0" t="str">
-        <v>Parkeerproblemen</v>
+        <v>Financiële situatie Schoenenkwartier</v>
       </c>
       <c r="E1398" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1398" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1399" spans="1:6" customFormat="false">
       <c r="A1399" s="0">
-        <v>1161</v>
+        <v>1065</v>
       </c>
       <c r="B1399" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1399" s="1">
-        <v>45321.0</v>
+        <v>45236.0</v>
       </c>
       <c r="D1399" s="0" t="str">
-        <v>invoeren schoolzwemmen op de basisschool</v>
+        <v>Vragen naar aanleiding van de publieksrapportage ETHOS telling</v>
       </c>
       <c r="E1399" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1399" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1400" spans="1:6" customFormat="false">
       <c r="A1400" s="0">
-        <v>1168</v>
+        <v>1077</v>
       </c>
       <c r="B1400" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1400" s="1">
-        <v>45328.0</v>
+        <v>45237.0</v>
       </c>
       <c r="D1400" s="0" t="str">
-        <v>Consequenties ontwerpbesluit windturbines leefomgeving</v>
+        <v>WSC + Tachos</v>
       </c>
       <c r="E1400" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1400" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1401" spans="1:6" customFormat="false">
       <c r="A1401" s="0">
-        <v>1169</v>
+        <v>1094</v>
       </c>
       <c r="B1401" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1401" s="1">
-        <v>45328.0</v>
+        <v>45244.0</v>
       </c>
       <c r="D1401" s="0" t="str">
-        <v>Casade en dakenstroom</v>
+        <v>Jaarverslag 2022 Stichting Bergsche Maasveren</v>
       </c>
       <c r="E1401" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1401" s="0" t="str">
-        <v>TREW</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1402" spans="1:6" customFormat="false">
       <c r="A1402" s="0">
-        <v>1170</v>
+        <v>1114</v>
       </c>
       <c r="B1402" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1402" s="1">
-        <v>45337.0</v>
+        <v>45280.0</v>
       </c>
       <c r="D1402" s="0" t="str">
-        <v xml:space="preserve">Arbeidsmigranten Loeffstraat </v>
+        <v>Vervolgvragen jaarverslag 2022 Stichting Bergsche Maasveren</v>
       </c>
       <c r="E1402" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1402" s="0" t="str">
-        <v>TVVB</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1403" spans="1:6" customFormat="false">
       <c r="A1403" s="0">
-        <v>1171</v>
+        <v>1156</v>
       </c>
       <c r="B1403" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1403" s="1">
         <v>45323.0</v>
       </c>
       <c r="D1403" s="0" t="str">
-        <v>Parkeerellende</v>
+        <v>Financiële situatie schoenenmuseum</v>
       </c>
       <c r="E1403" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1403" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1404" spans="1:6" customFormat="false">
       <c r="A1404" s="0">
-        <v>1174</v>
+        <v>1158</v>
       </c>
       <c r="B1404" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1404" s="1">
-        <v>45328.0</v>
+      <c r="C1404" s="1" t="str">
+        <v/>
       </c>
       <c r="D1404" s="0" t="str">
-        <v>Afsprakenkader GODE</v>
+        <v>Parkeerproblemen</v>
       </c>
       <c r="E1404" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1404" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1405" spans="1:6" customFormat="false">
       <c r="A1405" s="0">
-        <v>1181</v>
+        <v>1159</v>
       </c>
       <c r="B1405" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1405" s="1">
-        <v>45342.0</v>
+        <v>45323.0</v>
       </c>
       <c r="D1405" s="0" t="str">
-        <v>Fietsenstalling in centrum</v>
+        <v>Parkeerproblemen</v>
       </c>
       <c r="E1405" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1405" s="0" t="str">
         <v>TORV</v>
       </c>
     </row>
     <row r="1406" spans="1:6" customFormat="false">
       <c r="A1406" s="0">
-        <v>1192</v>
+        <v>1161</v>
       </c>
       <c r="B1406" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1406" s="1">
-        <v>45370.0</v>
+        <v>45321.0</v>
       </c>
       <c r="D1406" s="0" t="str">
-        <v>Geuroverlast Waalwijk</v>
+        <v>invoeren schoolzwemmen op de basisschool</v>
       </c>
       <c r="E1406" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1406" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1407" spans="1:6" customFormat="false">
       <c r="A1407" s="0">
-        <v>1197</v>
+        <v>1168</v>
       </c>
       <c r="B1407" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1407" s="1">
-        <v>45379.0</v>
+        <v>45328.0</v>
       </c>
       <c r="D1407" s="0" t="str">
-        <v>Robert Stolzsingel</v>
+        <v>Consequenties ontwerpbesluit windturbines leefomgeving</v>
       </c>
       <c r="E1407" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1407" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1408" spans="1:6" customFormat="false">
       <c r="A1408" s="0">
-        <v>1211</v>
+        <v>1169</v>
       </c>
       <c r="B1408" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1408" s="1">
-        <v>45404.0</v>
+        <v>45328.0</v>
       </c>
       <c r="D1408" s="0" t="str">
-        <v>Aanleg laadpleinen in gemeente Waalwijk</v>
+        <v>Casade en dakenstroom</v>
       </c>
       <c r="E1408" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1408" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1409" spans="1:6" customFormat="false">
       <c r="A1409" s="0">
-        <v>1214</v>
+        <v>1170</v>
       </c>
       <c r="B1409" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1409" s="1">
-        <v>45398.0</v>
+        <v>45337.0</v>
       </c>
       <c r="D1409" s="0" t="str">
-        <v>Vaccinatiegraad</v>
+        <v xml:space="preserve">Arbeidsmigranten Loeffstraat </v>
       </c>
       <c r="E1409" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1409" s="0" t="str">
-        <v>TMAO</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1410" spans="1:6" customFormat="false">
       <c r="A1410" s="0">
-        <v>1220</v>
+        <v>1171</v>
       </c>
       <c r="B1410" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1410" s="1" t="str">
-        <v/>
+      <c r="C1410" s="1">
+        <v>45323.0</v>
       </c>
       <c r="D1410" s="0" t="str">
-        <v xml:space="preserve">SW schr vr Raad verkeer informeren </v>
+        <v>Parkeerellende</v>
       </c>
       <c r="E1410" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1410" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1411" spans="1:6" customFormat="false">
       <c r="A1411" s="0">
-        <v>1221</v>
+        <v>1174</v>
       </c>
       <c r="B1411" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1411" s="1">
-        <v>45405.0</v>
+        <v>45328.0</v>
       </c>
       <c r="D1411" s="0" t="str">
-        <v xml:space="preserve">Raad verkeerd informeren </v>
+        <v>Afsprakenkader GODE</v>
       </c>
       <c r="E1411" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1411" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1412" spans="1:6" customFormat="false">
       <c r="A1412" s="0">
-        <v>1222</v>
+        <v>1181</v>
       </c>
       <c r="B1412" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1412" s="1">
-        <v>45412.0</v>
+        <v>45342.0</v>
       </c>
       <c r="D1412" s="0" t="str">
-        <v>Waar blijft de Waalwijkse biscoop?</v>
+        <v>Fietsenstalling in centrum</v>
       </c>
       <c r="E1412" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1412" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1413" spans="1:6" customFormat="false">
       <c r="A1413" s="0">
-        <v>1224</v>
+        <v>1192</v>
       </c>
       <c r="B1413" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1413" s="1">
-        <v>45414.0</v>
+        <v>45370.0</v>
       </c>
       <c r="D1413" s="0" t="str">
-        <v>Standplaatsen woonwagens</v>
+        <v>Geuroverlast Waalwijk</v>
       </c>
       <c r="E1413" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1413" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1414" spans="1:6" customFormat="false">
       <c r="A1414" s="0">
-        <v>1225</v>
+        <v>1197</v>
       </c>
       <c r="B1414" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1414" s="1">
-        <v>45419.0</v>
+        <v>45379.0</v>
       </c>
       <c r="D1414" s="0" t="str">
-        <v>Sporthal Waspik</v>
+        <v>Robert Stolzsingel</v>
       </c>
       <c r="E1414" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1414" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1415" spans="1:6" customFormat="false">
       <c r="A1415" s="0">
-        <v>1231</v>
+        <v>1211</v>
       </c>
       <c r="B1415" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1415" s="1">
-        <v>45435.0</v>
+        <v>45404.0</v>
       </c>
       <c r="D1415" s="0" t="str">
-        <v>Parkeren Wendelnesseweg Oost, de Schoolstraat en omgeving in Capelle</v>
+        <v>Aanleg laadpleinen in gemeente Waalwijk</v>
       </c>
       <c r="E1415" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1415" s="0" t="str">
-        <v>TOOR</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1416" spans="1:6" customFormat="false">
       <c r="A1416" s="0">
-        <v>1234</v>
+        <v>1214</v>
       </c>
       <c r="B1416" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1416" s="1">
-        <v>45440.0</v>
+        <v>45398.0</v>
       </c>
       <c r="D1416" s="0" t="str">
-        <v>Impact Europese Unie op Gemeente Waalwijk</v>
+        <v>Vaccinatiegraad</v>
       </c>
       <c r="E1416" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1416" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1417" spans="1:6" customFormat="false">
       <c r="A1417" s="0">
-        <v>1235</v>
+        <v>1220</v>
       </c>
       <c r="B1417" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1417" s="1">
-        <v>45426.0</v>
+      <c r="C1417" s="1" t="str">
+        <v/>
       </c>
       <c r="D1417" s="0" t="str">
-        <v>Uitspraak Rechtbank Insteekhaven Rondweg en Haven acht</v>
+        <v xml:space="preserve">SW schr vr Raad verkeer informeren </v>
       </c>
       <c r="E1417" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1417" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1418" spans="1:6" customFormat="false">
       <c r="A1418" s="0">
-        <v>1240</v>
+        <v>1221</v>
       </c>
       <c r="B1418" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1418" s="1">
-        <v>45444.0</v>
+        <v>45405.0</v>
       </c>
       <c r="D1418" s="0" t="str">
-        <v>80 jaar vrijheid</v>
+        <v xml:space="preserve">Raad verkeerd informeren </v>
       </c>
       <c r="E1418" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1418" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1419" spans="1:6" customFormat="false">
       <c r="A1419" s="0">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="B1419" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1419" s="1">
-        <v>45449.0</v>
+        <v>45412.0</v>
       </c>
       <c r="D1419" s="0" t="str">
-        <v>Uitvoering raadsbesluit krediet sloop voormalig museum</v>
+        <v>Waar blijft de Waalwijkse biscoop?</v>
       </c>
       <c r="E1419" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1419" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1420" spans="1:6" customFormat="false">
       <c r="A1420" s="0">
-        <v>1245</v>
+        <v>1224</v>
       </c>
       <c r="B1420" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1420" s="1">
-        <v>45470.0</v>
+        <v>45414.0</v>
       </c>
       <c r="D1420" s="0" t="str">
-        <v>Vervolgvragen parkeren Wendelnesseweg Oost, de Schoolstraat en omgeving in Capelle</v>
+        <v>Standplaatsen woonwagens</v>
       </c>
       <c r="E1420" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1420" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1421" spans="1:6" customFormat="false">
       <c r="A1421" s="0">
-        <v>1269</v>
+        <v>1225</v>
       </c>
       <c r="B1421" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1421" s="1">
-        <v>45489.0</v>
+        <v>45419.0</v>
       </c>
       <c r="D1421" s="0" t="str">
-        <v>Bezuinigingsvoorstellen Waalwijk</v>
+        <v>Sporthal Waspik</v>
       </c>
       <c r="E1421" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1421" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1422" spans="1:6" customFormat="false">
       <c r="A1422" s="0">
-        <v>1271</v>
+        <v>1231</v>
       </c>
       <c r="B1422" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1422" s="1">
-        <v>45489.0</v>
+        <v>45435.0</v>
       </c>
       <c r="D1422" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Parkeren Wendelnesseweg Oost, de Schoolstraat en omgeving in Capelle</v>
       </c>
       <c r="E1422" s="0" t="str">
-        <v>D. Odabasi,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx</v>
-[...1 lines deleted...]
-      <c r="F1422" s="0"/>
+        <v>A. de Jong</v>
+      </c>
+      <c r="F1422" s="0" t="str">
+        <v>TOOR</v>
+      </c>
     </row>
     <row r="1423" spans="1:6" customFormat="false">
       <c r="A1423" s="0">
-        <v>1272</v>
+        <v>1234</v>
       </c>
       <c r="B1423" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1423" s="1">
-        <v>45503.0</v>
+        <v>45440.0</v>
       </c>
       <c r="D1423" s="0" t="str">
-        <v xml:space="preserve">Uitwerking parkeerverordening </v>
+        <v>Impact Europese Unie op Gemeente Waalwijk</v>
       </c>
       <c r="E1423" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1423" s="0" t="str">
-        <v>TORV</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1424" spans="1:6" customFormat="false">
       <c r="A1424" s="0">
-        <v>1277</v>
+        <v>1235</v>
       </c>
       <c r="B1424" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1424" s="1">
-        <v>45524.0</v>
+        <v>45426.0</v>
       </c>
       <c r="D1424" s="0" t="str">
-        <v>Bezuinigingsvoorstellen Waalwijk deel 2</v>
+        <v>Uitspraak Rechtbank Insteekhaven Rondweg en Haven acht</v>
       </c>
       <c r="E1424" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1424" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1425" spans="1:6" customFormat="false">
       <c r="A1425" s="0">
-        <v>1279</v>
+        <v>1240</v>
       </c>
       <c r="B1425" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1425" s="1">
-        <v>45517.0</v>
+        <v>45444.0</v>
       </c>
       <c r="D1425" s="0" t="str">
-        <v>Gevonden portemonnee</v>
+        <v>80 jaar vrijheid</v>
       </c>
       <c r="E1425" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1425" s="0" t="str">
-        <v>THRM</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1426" spans="1:6" customFormat="false">
       <c r="A1426" s="0">
-        <v>1292</v>
+        <v>1241</v>
       </c>
       <c r="B1426" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1426" s="1">
-        <v>45531.0</v>
+        <v>45449.0</v>
       </c>
       <c r="D1426" s="0" t="str">
-        <v>Regiovervoer Midden-Brabant</v>
+        <v>Uitvoering raadsbesluit krediet sloop voormalig museum</v>
       </c>
       <c r="E1426" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1426" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1427" spans="1:6" customFormat="false">
       <c r="A1427" s="0">
-        <v>1293</v>
+        <v>1245</v>
       </c>
       <c r="B1427" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1427" s="1">
-        <v>45535.0</v>
+        <v>45470.0</v>
       </c>
       <c r="D1427" s="0" t="str">
-        <v>Ontwikkelingen Tilburgseweg</v>
+        <v>Vervolgvragen parkeren Wendelnesseweg Oost, de Schoolstraat en omgeving in Capelle</v>
       </c>
       <c r="E1427" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1427" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1428" spans="1:6" customFormat="false">
       <c r="A1428" s="0">
-        <v>1294</v>
+        <v>1269</v>
       </c>
       <c r="B1428" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1428" s="1" t="str">
-        <v/>
+      <c r="C1428" s="1">
+        <v>45489.0</v>
       </c>
       <c r="D1428" s="0" t="str">
-        <v>Sociale veeldeling</v>
+        <v>Bezuinigingsvoorstellen Waalwijk</v>
       </c>
       <c r="E1428" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1428" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1429" spans="1:6" customFormat="false">
       <c r="A1429" s="0">
-        <v>1295</v>
+        <v>1271</v>
       </c>
       <c r="B1429" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1429" s="1">
-        <v>45535.0</v>
+        <v>45489.0</v>
       </c>
       <c r="D1429" s="0" t="str">
-        <v>Sociale tweedeling</v>
+        <v>Toezeggingen</v>
       </c>
       <c r="E1429" s="0" t="str">
-        <v>S. Slaats</v>
-[...3 lines deleted...]
-      </c>
+        <v>D. Odabasi,S. Schuijffel,A. de Jong,F. Spierings,T. Klerx</v>
+      </c>
+      <c r="F1429" s="0"/>
     </row>
     <row r="1430" spans="1:6" customFormat="false">
       <c r="A1430" s="0">
-        <v>1296</v>
+        <v>1272</v>
       </c>
       <c r="B1430" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1430" s="1">
-        <v>45547.0</v>
+        <v>45503.0</v>
       </c>
       <c r="D1430" s="0" t="str">
-        <v>Internationale medewerkers</v>
+        <v xml:space="preserve">Uitwerking parkeerverordening </v>
       </c>
       <c r="E1430" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1430" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1431" spans="1:6" customFormat="false">
       <c r="A1431" s="0">
-        <v>1297</v>
+        <v>1277</v>
       </c>
       <c r="B1431" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1431" s="1" t="str">
-        <v/>
+      <c r="C1431" s="1">
+        <v>45524.0</v>
       </c>
       <c r="D1431" s="0" t="str">
-        <v>Vervallen woningen</v>
+        <v>Bezuinigingsvoorstellen Waalwijk deel 2</v>
       </c>
       <c r="E1431" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1431" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1432" spans="1:6" customFormat="false">
       <c r="A1432" s="0">
-        <v>1298</v>
+        <v>1279</v>
       </c>
       <c r="B1432" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1432" s="1">
-        <v>45562.0</v>
+        <v>45517.0</v>
       </c>
       <c r="D1432" s="0" t="str">
-        <v>Vervallen woningen</v>
+        <v>Gevonden portemonnee</v>
       </c>
       <c r="E1432" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1432" s="0" t="str">
-        <v>TMAO</v>
+        <v>THRM</v>
       </c>
     </row>
     <row r="1433" spans="1:6" customFormat="false">
       <c r="A1433" s="0">
-        <v>1308</v>
+        <v>1292</v>
       </c>
       <c r="B1433" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1433" s="1" t="str">
-        <v/>
+      <c r="C1433" s="1">
+        <v>45531.0</v>
       </c>
       <c r="D1433" s="0" t="str">
-        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
+        <v>Regiovervoer Midden-Brabant</v>
       </c>
       <c r="E1433" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1433" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1434" spans="1:6" customFormat="false">
       <c r="A1434" s="0">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="B1434" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1434" s="1" t="str">
-        <v/>
+      <c r="C1434" s="1">
+        <v>45535.0</v>
       </c>
       <c r="D1434" s="0" t="str">
-        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
+        <v>Ontwikkelingen Tilburgseweg</v>
       </c>
       <c r="E1434" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1434" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1435" spans="1:6" customFormat="false">
       <c r="A1435" s="0">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="B1435" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1435" s="1">
-        <v>45552.0</v>
+      <c r="C1435" s="1" t="str">
+        <v/>
       </c>
       <c r="D1435" s="0" t="str">
-        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
+        <v>Sociale veeldeling</v>
       </c>
       <c r="E1435" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1435" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1436" spans="1:6" customFormat="false">
       <c r="A1436" s="0">
-        <v>1314</v>
+        <v>1295</v>
       </c>
       <c r="B1436" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1436" s="1">
-        <v>45559.0</v>
+        <v>45535.0</v>
       </c>
       <c r="D1436" s="0" t="str">
-        <v>Artikel ‘Jong stel werd ziek van schimmelhuis: ‘Gemeente, schaam je! Hier laat je nog geen hond wonen’’.</v>
+        <v>Sociale tweedeling</v>
       </c>
       <c r="E1436" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1436" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1437" spans="1:6" customFormat="false">
       <c r="A1437" s="0">
-        <v>1317</v>
+        <v>1296</v>
       </c>
       <c r="B1437" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1437" s="1">
-        <v>45570.0</v>
+        <v>45547.0</v>
       </c>
       <c r="D1437" s="0" t="str">
-        <v>Ongelukken gevaarlijke kruising</v>
+        <v>Internationale medewerkers</v>
       </c>
       <c r="E1437" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1437" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1438" spans="1:6" customFormat="false">
       <c r="A1438" s="0">
-        <v>1326</v>
+        <v>1297</v>
       </c>
       <c r="B1438" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1438" s="1">
-        <v>45582.0</v>
+      <c r="C1438" s="1" t="str">
+        <v/>
       </c>
       <c r="D1438" s="0" t="str">
-        <v>Voormalige locatie Groenrijk (aanvullende vragen)</v>
+        <v>Vervallen woningen</v>
       </c>
       <c r="E1438" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1438" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1439" spans="1:6" customFormat="false">
       <c r="A1439" s="0">
-        <v>1334</v>
+        <v>1298</v>
       </c>
       <c r="B1439" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1439" s="1">
-        <v>45584.0</v>
+        <v>45562.0</v>
       </c>
       <c r="D1439" s="0" t="str">
-        <v>Voorzieningen sport in Waspik</v>
+        <v>Vervallen woningen</v>
       </c>
       <c r="E1439" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1439" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1440" spans="1:6" customFormat="false">
       <c r="A1440" s="0">
-        <v>1335</v>
+        <v>1308</v>
       </c>
       <c r="B1440" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1440" s="1">
-        <v>45587.0</v>
+      <c r="C1440" s="1" t="str">
+        <v/>
       </c>
       <c r="D1440" s="0" t="str">
-        <v>Verhuispremie</v>
+        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
       </c>
       <c r="E1440" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1440" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1441" spans="1:6" customFormat="false">
       <c r="A1441" s="0">
-        <v>1336</v>
+        <v>1309</v>
       </c>
       <c r="B1441" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1441" s="1">
-        <v>45580.0</v>
+      <c r="C1441" s="1" t="str">
+        <v/>
       </c>
       <c r="D1441" s="0" t="str">
-        <v>Nieuwe afvalcontainers</v>
+        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
       </c>
       <c r="E1441" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1441" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1442" spans="1:6" customFormat="false">
       <c r="A1442" s="0">
-        <v>1337</v>
+        <v>1310</v>
       </c>
       <c r="B1442" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1442" s="1">
-        <v>45625.0</v>
+        <v>45552.0</v>
       </c>
       <c r="D1442" s="0" t="str">
-        <v>Wachten op stroom</v>
+        <v>Subsidieaanvraag Stichting Schoenenkwartier</v>
       </c>
       <c r="E1442" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1442" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1443" spans="1:6" customFormat="false">
       <c r="A1443" s="0">
-        <v>1340</v>
+        <v>1314</v>
       </c>
       <c r="B1443" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1443" s="1">
-        <v>45611.0</v>
+        <v>45559.0</v>
       </c>
       <c r="D1443" s="0" t="str">
-        <v>plaatsing beeld Gudmundsson en beeld meisje aan de fontein</v>
+        <v>Artikel ‘Jong stel werd ziek van schimmelhuis: ‘Gemeente, schaam je! Hier laat je nog geen hond wonen’’.</v>
       </c>
       <c r="E1443" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1443" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1444" spans="1:6" customFormat="false">
       <c r="A1444" s="0">
-        <v>1341</v>
+        <v>1317</v>
       </c>
       <c r="B1444" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1444" s="1">
-        <v>45611.0</v>
+        <v>45570.0</v>
       </c>
       <c r="D1444" s="0" t="str">
-        <v>Waalwijk inclusief</v>
+        <v>Ongelukken gevaarlijke kruising</v>
       </c>
       <c r="E1444" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1444" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1445" spans="1:6" customFormat="false">
       <c r="A1445" s="0">
-        <v>1342</v>
+        <v>1326</v>
       </c>
       <c r="B1445" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1445" s="1">
-        <v>45611.0</v>
+        <v>45582.0</v>
       </c>
       <c r="D1445" s="0" t="str">
-        <v>Verkeersveiligheid kruising Kloosterheulweg/Altenaweg</v>
+        <v>Voormalige locatie Groenrijk (aanvullende vragen)</v>
       </c>
       <c r="E1445" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1445" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1446" spans="1:6" customFormat="false">
       <c r="A1446" s="0">
-        <v>1345</v>
+        <v>1334</v>
       </c>
       <c r="B1446" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1446" s="1">
-        <v>45615.0</v>
+        <v>45584.0</v>
       </c>
       <c r="D1446" s="0" t="str">
-        <v>Problematiek afrit A59 Waalwijk-Oost</v>
+        <v>Voorzieningen sport in Waspik</v>
       </c>
       <c r="E1446" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1446" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1447" spans="1:6" customFormat="false">
       <c r="A1447" s="0">
-        <v>1347</v>
+        <v>1335</v>
       </c>
       <c r="B1447" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1447" s="1">
-        <v>45618.0</v>
+        <v>45587.0</v>
       </c>
       <c r="D1447" s="0" t="str">
-        <v>Regionale inkoop WMO</v>
+        <v>Verhuispremie</v>
       </c>
       <c r="E1447" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1447" s="0" t="str">
-        <v>TWIJZ</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1448" spans="1:6" customFormat="false">
       <c r="A1448" s="0">
-        <v>1348</v>
+        <v>1336</v>
       </c>
       <c r="B1448" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1448" s="1">
-        <v>45615.0</v>
+        <v>45580.0</v>
       </c>
       <c r="D1448" s="0" t="str">
-        <v>Internationale medewerkers</v>
+        <v>Nieuwe afvalcontainers</v>
       </c>
       <c r="E1448" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1448" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1449" spans="1:6" customFormat="false">
       <c r="A1449" s="0">
-        <v>1349</v>
+        <v>1337</v>
       </c>
       <c r="B1449" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1449" s="1">
-        <v>45615.0</v>
+        <v>45625.0</v>
       </c>
       <c r="D1449" s="0" t="str">
-        <v>Drama Dakenstroom</v>
+        <v>Wachten op stroom</v>
       </c>
       <c r="E1449" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1449" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1450" spans="1:6" customFormat="false">
       <c r="A1450" s="0">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="B1450" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1450" s="1">
-        <v>45632.0</v>
+        <v>45611.0</v>
       </c>
       <c r="D1450" s="0" t="str">
-        <v>Exploitatie Schoenenkwartier</v>
+        <v>plaatsing beeld Gudmundsson en beeld meisje aan de fontein</v>
       </c>
       <c r="E1450" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1450" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1451" spans="1:6" customFormat="false">
       <c r="A1451" s="0">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="B1451" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1451" s="1">
-        <v>45629.0</v>
+        <v>45611.0</v>
       </c>
       <c r="D1451" s="0" t="str">
-        <v>Fiasco in de thuiszorg/ Yomema</v>
+        <v>Waalwijk inclusief</v>
       </c>
       <c r="E1451" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1451" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1452" spans="1:6" customFormat="false">
       <c r="A1452" s="0">
-        <v>1366</v>
+        <v>1342</v>
       </c>
       <c r="B1452" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1452" s="1">
-        <v>45645.0</v>
+        <v>45611.0</v>
       </c>
       <c r="D1452" s="0" t="str">
-        <v>Distributiecentrum Scharlo</v>
+        <v>Verkeersveiligheid kruising Kloosterheulweg/Altenaweg</v>
       </c>
       <c r="E1452" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1452" s="0" t="str">
-        <v>TVVB</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1453" spans="1:6" customFormat="false">
       <c r="A1453" s="0">
-        <v>1376</v>
+        <v>1345</v>
       </c>
       <c r="B1453" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1453" s="1">
-        <v>45654.0</v>
+        <v>45615.0</v>
       </c>
       <c r="D1453" s="0" t="str">
-        <v>Blad ruimen omg. Hertenkamp, Hoefsven en Lido</v>
+        <v>Problematiek afrit A59 Waalwijk-Oost</v>
       </c>
       <c r="E1453" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1453" s="0" t="str">
-        <v>TORV</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1454" spans="1:6" customFormat="false">
       <c r="A1454" s="0">
-        <v>1383</v>
+        <v>1347</v>
       </c>
       <c r="B1454" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1454" s="1">
-        <v>45673.0</v>
+        <v>45618.0</v>
       </c>
       <c r="D1454" s="0" t="str">
-        <v>Vervolgvragen problematiek afrit A59 Waalwijk-Oost</v>
+        <v>Regionale inkoop WMO</v>
       </c>
       <c r="E1454" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1454" s="0" t="str">
-        <v>TOOR</v>
+        <v>TWIJZ</v>
       </c>
     </row>
     <row r="1455" spans="1:6" customFormat="false">
       <c r="A1455" s="0">
-        <v>1385</v>
+        <v>1348</v>
       </c>
       <c r="B1455" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1455" s="1">
-        <v>45664.0</v>
+        <v>45615.0</v>
       </c>
       <c r="D1455" s="0" t="str">
-        <v>Vestiging (tijdelijke) supermarkt op het perceel hoek  Prof.Asserweg/Prof van ‘t Hoffweg</v>
+        <v>Internationale medewerkers</v>
       </c>
       <c r="E1455" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1455" s="0" t="str">
-        <v>TVVB</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1456" spans="1:6" customFormat="false">
       <c r="A1456" s="0">
-        <v>1386</v>
+        <v>1349</v>
       </c>
       <c r="B1456" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1456" s="1">
-        <v>45664.0</v>
+        <v>45615.0</v>
       </c>
       <c r="D1456" s="0" t="str">
-        <v>Toekomstig werklandschap Waalwijk: buiten</v>
+        <v>Drama Dakenstroom</v>
       </c>
       <c r="E1456" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1456" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1457" spans="1:6" customFormat="false">
       <c r="A1457" s="0">
-        <v>1388</v>
+        <v>1350</v>
       </c>
       <c r="B1457" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1457" s="1">
-        <v>45667.0</v>
+        <v>45632.0</v>
       </c>
       <c r="D1457" s="0" t="str">
-        <v>Ontwikkelingen Tilburgseweg 1</v>
+        <v>Exploitatie Schoenenkwartier</v>
       </c>
       <c r="E1457" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1457" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1458" spans="1:6" customFormat="false">
       <c r="A1458" s="0">
-        <v>1393</v>
+        <v>1351</v>
       </c>
       <c r="B1458" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1458" s="1" t="str">
-        <v/>
+      <c r="C1458" s="1">
+        <v>45629.0</v>
       </c>
       <c r="D1458" s="0" t="str">
-        <v>Vervolgvragen Ontwikkelingen Tilburgseweg 1</v>
+        <v>Fiasco in de thuiszorg/ Yomema</v>
       </c>
       <c r="E1458" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1458" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1459" spans="1:6" customFormat="false">
       <c r="A1459" s="0">
-        <v>1394</v>
+        <v>1366</v>
       </c>
       <c r="B1459" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1459" s="1">
-        <v>45679.0</v>
+        <v>45645.0</v>
       </c>
       <c r="D1459" s="0" t="str">
-        <v>Vervolgvragen Ontwikkelingen Tilburgseweg 1</v>
+        <v>Distributiecentrum Scharlo</v>
       </c>
       <c r="E1459" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1459" s="0" t="str">
-        <v>OBL</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1460" spans="1:6" customFormat="false">
       <c r="A1460" s="0">
-        <v>1400</v>
+        <v>1376</v>
       </c>
       <c r="B1460" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1460" s="1">
-        <v>45676.0</v>
+        <v>45654.0</v>
       </c>
       <c r="D1460" s="0" t="str">
-        <v>Tilburgseweg 1, voormalig Groenrijk</v>
+        <v>Blad ruimen omg. Hertenkamp, Hoefsven en Lido</v>
       </c>
       <c r="E1460" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1460" s="0" t="str">
-        <v>OBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1461" spans="1:6" customFormat="false">
       <c r="A1461" s="0">
-        <v>1402</v>
+        <v>1383</v>
       </c>
       <c r="B1461" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1461" s="1">
-        <v>45680.0</v>
+        <v>45673.0</v>
       </c>
       <c r="D1461" s="0" t="str">
-        <v>Uitspraak Raad van State en mogelijke gevolgen voor projecten in Waalwijk</v>
+        <v>Vervolgvragen problematiek afrit A59 Waalwijk-Oost</v>
       </c>
       <c r="E1461" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1461" s="0" t="str">
-        <v>OBL</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1462" spans="1:6" customFormat="false">
       <c r="A1462" s="0">
-        <v>1403</v>
+        <v>1385</v>
       </c>
       <c r="B1462" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1462" s="1">
-        <v>45679.0</v>
+        <v>45664.0</v>
       </c>
       <c r="D1462" s="0" t="str">
-        <v>VVD schr. vragen Lokaal messenverbod</v>
+        <v>Vestiging (tijdelijke) supermarkt op het perceel hoek  Prof.Asserweg/Prof van ‘t Hoffweg</v>
       </c>
       <c r="E1462" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1462" s="0" t="str">
-        <v>LTH</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1463" spans="1:6" customFormat="false">
       <c r="A1463" s="0">
-        <v>1404</v>
+        <v>1386</v>
       </c>
       <c r="B1463" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1463" s="1">
-        <v>45688.0</v>
+        <v>45664.0</v>
       </c>
       <c r="D1463" s="0" t="str">
-        <v>Parkeren in Waalwijk rond de feestdagen</v>
+        <v>Toekomstig werklandschap Waalwijk: buiten</v>
       </c>
       <c r="E1463" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1463" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1464" spans="1:6" customFormat="false">
       <c r="A1464" s="0">
-        <v>1406</v>
+        <v>1388</v>
       </c>
       <c r="B1464" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1464" s="1">
-        <v>45692.0</v>
+        <v>45667.0</v>
       </c>
       <c r="D1464" s="0" t="str">
-        <v>plaatsing beeld Gudmundsson en andere objecten</v>
+        <v>Ontwikkelingen Tilburgseweg 1</v>
       </c>
       <c r="E1464" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1464" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1465" spans="1:6" customFormat="false">
       <c r="A1465" s="0">
-        <v>1407</v>
+        <v>1393</v>
       </c>
       <c r="B1465" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1465" s="1">
-        <v>45678.0</v>
+      <c r="C1465" s="1" t="str">
+        <v/>
       </c>
       <c r="D1465" s="0" t="str">
-        <v>Brand voormalig schoenenmuseum</v>
+        <v>Vervolgvragen Ontwikkelingen Tilburgseweg 1</v>
       </c>
       <c r="E1465" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1465" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1466" spans="1:6" customFormat="false">
       <c r="A1466" s="0">
-        <v>1408</v>
+        <v>1394</v>
       </c>
       <c r="B1466" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1466" s="1">
-        <v>45685.0</v>
+        <v>45679.0</v>
       </c>
       <c r="D1466" s="0" t="str">
-        <v>Uitvoering Wet betaalbare huur</v>
+        <v>Vervolgvragen Ontwikkelingen Tilburgseweg 1</v>
       </c>
       <c r="E1466" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1466" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1467" spans="1:6" customFormat="false">
       <c r="A1467" s="0">
-        <v>1413</v>
+        <v>1400</v>
       </c>
       <c r="B1467" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1467" s="1">
-        <v>45709.0</v>
+        <v>45676.0</v>
       </c>
       <c r="D1467" s="0" t="str">
-        <v>geluidsopnamen bij camerabeelden rondom brandstichting Schoenenmuseum</v>
+        <v>Tilburgseweg 1, voormalig Groenrijk</v>
       </c>
       <c r="E1467" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1467" s="0" t="str">
-        <v>LTH</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1468" spans="1:6" customFormat="false">
       <c r="A1468" s="0">
-        <v>1415</v>
+        <v>1402</v>
       </c>
       <c r="B1468" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1468" s="1">
-        <v>45715.0</v>
+        <v>45680.0</v>
       </c>
       <c r="D1468" s="0" t="str">
-        <v>Ondersteuning aanvraag toeslagen statushouders</v>
+        <v>Uitspraak Raad van State en mogelijke gevolgen voor projecten in Waalwijk</v>
       </c>
       <c r="E1468" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1468" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1469" spans="1:6" customFormat="false">
       <c r="A1469" s="0">
-        <v>1420</v>
+        <v>1403</v>
       </c>
       <c r="B1469" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1469" s="1">
-        <v>45719.0</v>
+        <v>45679.0</v>
       </c>
       <c r="D1469" s="0" t="str">
-        <v>Mailverkeer met wethouder Schuijffel</v>
+        <v>VVD schr. vragen Lokaal messenverbod</v>
       </c>
       <c r="E1469" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1469" s="0" t="str">
-        <v>BSD</v>
+        <v>LTH</v>
       </c>
     </row>
     <row r="1470" spans="1:6" customFormat="false">
       <c r="A1470" s="0">
-        <v>1423</v>
+        <v>1404</v>
       </c>
       <c r="B1470" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1470" s="1">
-        <v>45746.0</v>
+        <v>45688.0</v>
       </c>
       <c r="D1470" s="0" t="str">
-        <v>Vestiging supermarkt op het perceel Prof. Asserweg - Prof. van 't Hoffweg</v>
+        <v>Parkeren in Waalwijk rond de feestdagen</v>
       </c>
       <c r="E1470" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1470" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1471" spans="1:6" customFormat="false">
       <c r="A1471" s="0">
-        <v>1424</v>
+        <v>1406</v>
       </c>
       <c r="B1471" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1471" s="1">
-        <v>45741.0</v>
+        <v>45692.0</v>
       </c>
       <c r="D1471" s="0" t="str">
-        <v>Lezen en Bibliotheek</v>
+        <v>plaatsing beeld Gudmundsson en andere objecten</v>
       </c>
       <c r="E1471" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1471" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1472" spans="1:6" customFormat="false">
       <c r="A1472" s="0">
-        <v>1425</v>
+        <v>1407</v>
       </c>
       <c r="B1472" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1472" s="1">
-        <v>45736.0</v>
+        <v>45678.0</v>
       </c>
       <c r="D1472" s="0" t="str">
-        <v>Parkeeroverlast in Baardwijk</v>
+        <v>Brand voormalig schoenenmuseum</v>
       </c>
       <c r="E1472" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1472" s="0" t="str">
         <v>RBL</v>
       </c>
     </row>
     <row r="1473" spans="1:6" customFormat="false">
       <c r="A1473" s="0">
-        <v>1426</v>
+        <v>1408</v>
       </c>
       <c r="B1473" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1473" s="1">
-        <v>45735.0</v>
+        <v>45685.0</v>
       </c>
       <c r="D1473" s="0" t="str">
-        <v>Bezuinigingen op huishoudelijke hulp</v>
+        <v>Uitvoering Wet betaalbare huur</v>
       </c>
       <c r="E1473" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1473" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1474" spans="1:6" customFormat="false">
       <c r="A1474" s="0">
-        <v>1427</v>
+        <v>1413</v>
       </c>
       <c r="B1474" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1474" s="1">
-        <v>45743.0</v>
+        <v>45709.0</v>
       </c>
       <c r="D1474" s="0" t="str">
-        <v>Lokale media</v>
+        <v>geluidsopnamen bij camerabeelden rondom brandstichting Schoenenmuseum</v>
       </c>
       <c r="E1474" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1474" s="0" t="str">
-        <v>BSD</v>
+        <v>LTH</v>
       </c>
     </row>
     <row r="1475" spans="1:6" customFormat="false">
       <c r="A1475" s="0">
-        <v>1429</v>
+        <v>1415</v>
       </c>
       <c r="B1475" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1475" s="1">
-        <v>45742.0</v>
+        <v>45715.0</v>
       </c>
       <c r="D1475" s="0" t="str">
-        <v>Uitstel Detailhandelsstructuurvisie 2025</v>
+        <v>Ondersteuning aanvraag toeslagen statushouders</v>
       </c>
       <c r="E1475" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1475" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1476" spans="1:6" customFormat="false">
       <c r="A1476" s="0">
-        <v>1430</v>
+        <v>1420</v>
       </c>
       <c r="B1476" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1476" s="1">
-        <v>45742.0</v>
+        <v>45719.0</v>
       </c>
       <c r="D1476" s="0" t="str">
-        <v xml:space="preserve">Luchtkwaliteit in Waalwijk en in het bijzonder de Tilburgseweg 1 </v>
+        <v>Mailverkeer met wethouder Schuijffel</v>
       </c>
       <c r="E1476" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1476" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1477" spans="1:6" customFormat="false">
       <c r="A1477" s="0">
-        <v>1431</v>
+        <v>1423</v>
       </c>
       <c r="B1477" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1477" s="1">
-        <v>45741.0</v>
+        <v>45746.0</v>
       </c>
       <c r="D1477" s="0" t="str">
-        <v>Stikstofproblematiek</v>
+        <v>Vestiging supermarkt op het perceel Prof. Asserweg - Prof. van 't Hoffweg</v>
       </c>
       <c r="E1477" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1477" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1478" spans="1:6" customFormat="false">
       <c r="A1478" s="0">
-        <v>1432</v>
+        <v>1424</v>
       </c>
       <c r="B1478" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1478" s="1">
-        <v>45744.0</v>
+        <v>45741.0</v>
       </c>
       <c r="D1478" s="0" t="str">
-        <v>Drama Dakenstroom</v>
+        <v>Lezen en Bibliotheek</v>
       </c>
       <c r="E1478" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1478" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1479" spans="1:6" customFormat="false">
       <c r="A1479" s="0">
-        <v>1438</v>
+        <v>1425</v>
       </c>
       <c r="B1479" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1479" s="1">
-        <v>45751.0</v>
+        <v>45736.0</v>
       </c>
       <c r="D1479" s="0" t="str">
-        <v>Vestiging 'Winnaars haken nooit af' in Sprang-Capelle</v>
+        <v>Parkeeroverlast in Baardwijk</v>
       </c>
       <c r="E1479" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1479" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1480" spans="1:6" customFormat="false">
       <c r="A1480" s="0">
-        <v>1440</v>
+        <v>1426</v>
       </c>
       <c r="B1480" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1480" s="1">
-        <v>45757.0</v>
+        <v>45735.0</v>
       </c>
       <c r="D1480" s="0" t="str">
-        <v>Lopen en fietsen naar, in en vanuit het centrum</v>
+        <v>Bezuinigingen op huishoudelijke hulp</v>
       </c>
       <c r="E1480" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1480" s="0" t="str">
-        <v>RBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1481" spans="1:6" customFormat="false">
       <c r="A1481" s="0">
-        <v>1444</v>
+        <v>1427</v>
       </c>
       <c r="B1481" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1481" s="1">
-        <v>45762.0</v>
+        <v>45743.0</v>
       </c>
       <c r="D1481" s="0" t="str">
-        <v>Vervolgvragen Luchtkwaliteit in Waalwijk en in het bijzonder de Tilburgseweg 1</v>
+        <v>Lokale media</v>
       </c>
       <c r="E1481" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1481" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1482" spans="1:6" customFormat="false">
       <c r="A1482" s="0">
-        <v>1465</v>
+        <v>1429</v>
       </c>
       <c r="B1482" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1482" s="1">
-        <v>45783.0</v>
+        <v>45742.0</v>
       </c>
       <c r="D1482" s="0" t="str">
-        <v>Distributiecentrum Scharlo</v>
+        <v>Uitstel Detailhandelsstructuurvisie 2025</v>
       </c>
       <c r="E1482" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1482" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1483" spans="1:6" customFormat="false">
       <c r="A1483" s="0">
-        <v>1469</v>
+        <v>1430</v>
       </c>
       <c r="B1483" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1483" s="1">
-        <v>45793.0</v>
+        <v>45742.0</v>
       </c>
       <c r="D1483" s="0" t="str">
-        <v xml:space="preserve">SW schr vr Bergsche Maasveren </v>
+        <v xml:space="preserve">Luchtkwaliteit in Waalwijk en in het bijzonder de Tilburgseweg 1 </v>
       </c>
       <c r="E1483" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1483" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1484" spans="1:6" customFormat="false">
       <c r="A1484" s="0">
-        <v>1470</v>
+        <v>1431</v>
       </c>
       <c r="B1484" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1484" s="1">
-        <v>45790.0</v>
+        <v>45741.0</v>
       </c>
       <c r="D1484" s="0" t="str">
-        <v>Project Rumah Baru</v>
+        <v>Stikstofproblematiek</v>
       </c>
       <c r="E1484" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1484" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1485" spans="1:6" customFormat="false">
       <c r="A1485" s="0">
-        <v>1472</v>
+        <v>1432</v>
       </c>
       <c r="B1485" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1485" s="1">
-        <v>45797.0</v>
+        <v>45744.0</v>
       </c>
       <c r="D1485" s="0" t="str">
-        <v>Detailhandelsstructuurvisie</v>
+        <v>Drama Dakenstroom</v>
       </c>
       <c r="E1485" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1485" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1486" spans="1:6" customFormat="false">
       <c r="A1486" s="0">
-        <v>1473</v>
+        <v>1438</v>
       </c>
       <c r="B1486" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1486" s="1">
-        <v>45805.0</v>
+        <v>45751.0</v>
       </c>
       <c r="D1486" s="0" t="str">
-        <v>80 van de Langstraat</v>
+        <v>Vestiging 'Winnaars haken nooit af' in Sprang-Capelle</v>
       </c>
       <c r="E1486" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1486" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1487" spans="1:6" customFormat="false">
       <c r="A1487" s="0">
-        <v>1476</v>
+        <v>1440</v>
       </c>
       <c r="B1487" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1487" s="1" t="str">
-        <v/>
+      <c r="C1487" s="1">
+        <v>45757.0</v>
       </c>
       <c r="D1487" s="0" t="str">
-        <v>SW schr vr Bouwplan Torenstraat</v>
+        <v>Lopen en fietsen naar, in en vanuit het centrum</v>
       </c>
       <c r="E1487" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1487" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1488" spans="1:6" customFormat="false">
       <c r="A1488" s="0">
-        <v>1477</v>
+        <v>1444</v>
       </c>
       <c r="B1488" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1488" s="1">
-        <v>45805.0</v>
+        <v>45762.0</v>
       </c>
       <c r="D1488" s="0" t="str">
-        <v>SW schr vr Bouwplan Torenstraat</v>
+        <v>Vervolgvragen Luchtkwaliteit in Waalwijk en in het bijzonder de Tilburgseweg 1</v>
       </c>
       <c r="E1488" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1488" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1489" spans="1:6" customFormat="false">
       <c r="A1489" s="0">
-        <v>1479</v>
+        <v>1465</v>
       </c>
       <c r="B1489" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1489" s="1">
-        <v>45811.0</v>
+        <v>45783.0</v>
       </c>
       <c r="D1489" s="0" t="str">
-        <v xml:space="preserve">Religieus erfgoed </v>
+        <v>Distributiecentrum Scharlo</v>
       </c>
       <c r="E1489" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1489" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1490" spans="1:6" customFormat="false">
       <c r="A1490" s="0">
-        <v>1482</v>
+        <v>1469</v>
       </c>
       <c r="B1490" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1490" s="1">
-        <v>45811.0</v>
+        <v>45793.0</v>
       </c>
       <c r="D1490" s="0" t="str">
-        <v>Kleedkamers WSC</v>
+        <v xml:space="preserve">SW schr vr Bergsche Maasveren </v>
       </c>
       <c r="E1490" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1490" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1491" spans="1:6" customFormat="false">
       <c r="A1491" s="0">
-        <v>1483</v>
+        <v>1470</v>
       </c>
       <c r="B1491" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1491" s="1">
-        <v>45823.0</v>
+        <v>45790.0</v>
       </c>
       <c r="D1491" s="0" t="str">
-        <v>Zwembad Zidewinde douche- en kleedruimtes</v>
+        <v>Project Rumah Baru</v>
       </c>
       <c r="E1491" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1491" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1492" spans="1:6" customFormat="false">
       <c r="A1492" s="0">
-        <v>1486</v>
+        <v>1472</v>
       </c>
       <c r="B1492" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1492" s="1">
-        <v>45825.0</v>
+        <v>45797.0</v>
       </c>
       <c r="D1492" s="0" t="str">
-        <v>Speelvoorzieningen in Waalwijk</v>
+        <v>Detailhandelsstructuurvisie</v>
       </c>
       <c r="E1492" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1492" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1493" spans="1:6" customFormat="false">
       <c r="A1493" s="0">
-        <v>1487</v>
+        <v>1473</v>
       </c>
       <c r="B1493" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1493" s="1">
-        <v>45811.0</v>
+        <v>45805.0</v>
       </c>
       <c r="D1493" s="0" t="str">
-        <v>archeologische vondst bouwlocatie het Lederhuis</v>
+        <v>80 van de Langstraat</v>
       </c>
       <c r="E1493" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1493" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1494" spans="1:6" customFormat="false">
       <c r="A1494" s="0">
-        <v>1494</v>
+        <v>1476</v>
       </c>
       <c r="B1494" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
-      <c r="C1494" s="1">
-        <v>45834.0</v>
+      <c r="C1494" s="1" t="str">
+        <v/>
       </c>
       <c r="D1494" s="0" t="str">
-        <v>Natuurbranden</v>
+        <v>SW schr vr Bouwplan Torenstraat</v>
       </c>
       <c r="E1494" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1494" s="0" t="str">
-        <v>LTH</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1495" spans="1:6" customFormat="false">
       <c r="A1495" s="0">
-        <v>1497</v>
+        <v>1477</v>
       </c>
       <c r="B1495" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1495" s="1">
-        <v>45839.0</v>
+        <v>45805.0</v>
       </c>
       <c r="D1495" s="0" t="str">
-        <v xml:space="preserve">Veiligheid in Omgevingsvisie </v>
+        <v>SW schr vr Bouwplan Torenstraat</v>
       </c>
       <c r="E1495" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1495" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1496" spans="1:6" customFormat="false">
       <c r="A1496" s="0">
-        <v>1498</v>
+        <v>1479</v>
       </c>
       <c r="B1496" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1496" s="1">
-        <v>45862.0</v>
+        <v>45811.0</v>
       </c>
       <c r="D1496" s="0" t="str">
-        <v>Werklandschappen van de toekomst</v>
+        <v xml:space="preserve">Religieus erfgoed </v>
       </c>
       <c r="E1496" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1496" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1497" spans="1:6" customFormat="false">
       <c r="A1497" s="0">
-        <v>1499</v>
+        <v>1482</v>
       </c>
       <c r="B1497" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1497" s="1">
-        <v>45862.0</v>
+        <v>45811.0</v>
       </c>
       <c r="D1497" s="0" t="str">
-        <v>Moni Eik</v>
+        <v>Kleedkamers WSC</v>
       </c>
       <c r="E1497" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1497" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1498" spans="1:6" customFormat="false">
       <c r="A1498" s="0">
-        <v>1502</v>
+        <v>1483</v>
       </c>
       <c r="B1498" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1498" s="1">
-        <v>45849.0</v>
+        <v>45823.0</v>
       </c>
       <c r="D1498" s="0" t="str">
-        <v>Onderverhuur</v>
+        <v>Zwembad Zidewinde douche- en kleedruimtes</v>
       </c>
       <c r="E1498" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1498" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
     <row r="1499" spans="1:6" customFormat="false">
       <c r="A1499" s="0">
-        <v>1503</v>
+        <v>1486</v>
       </c>
       <c r="B1499" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1499" s="1">
-        <v>45853.0</v>
+        <v>45825.0</v>
       </c>
       <c r="D1499" s="0" t="str">
-        <v>Sportboulevard Waspik</v>
+        <v>Speelvoorzieningen in Waalwijk</v>
       </c>
       <c r="E1499" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1499" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1500" spans="1:6" customFormat="false">
       <c r="A1500" s="0">
-        <v>1518</v>
+        <v>1487</v>
       </c>
       <c r="B1500" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1500" s="1">
-        <v>45874.0</v>
+        <v>45811.0</v>
       </c>
       <c r="D1500" s="0" t="str">
-        <v>Zebrapad Raadhuisstraat</v>
+        <v>archeologische vondst bouwlocatie het Lederhuis</v>
       </c>
       <c r="E1500" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1500" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1501" spans="1:6" customFormat="false">
       <c r="A1501" s="0">
-        <v>1519</v>
+        <v>1494</v>
       </c>
       <c r="B1501" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1501" s="1">
-        <v>45902.0</v>
+        <v>45834.0</v>
       </c>
       <c r="D1501" s="0" t="str">
-        <v>uitvoering motie fietsen in de binnenstad cameratoezicht</v>
+        <v>Natuurbranden</v>
       </c>
       <c r="E1501" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1501" s="0" t="str">
         <v>LTH</v>
       </c>
     </row>
     <row r="1502" spans="1:6" customFormat="false">
       <c r="A1502" s="0">
-        <v>1528</v>
+        <v>1497</v>
       </c>
       <c r="B1502" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1502" s="1">
-        <v>45885.0</v>
+        <v>45839.0</v>
       </c>
       <c r="D1502" s="0" t="str">
-        <v>Plannen van defensie en de Waalwijkse ambities</v>
+        <v xml:space="preserve">Veiligheid in Omgevingsvisie </v>
       </c>
       <c r="E1502" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1502" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1503" spans="1:6" customFormat="false">
       <c r="A1503" s="0">
-        <v>1531</v>
+        <v>1498</v>
       </c>
       <c r="B1503" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1503" s="1">
-        <v>45875.0</v>
+        <v>45862.0</v>
       </c>
       <c r="D1503" s="0" t="str">
-        <v>Afgelasting levenslied</v>
+        <v>Werklandschappen van de toekomst</v>
       </c>
       <c r="E1503" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1503" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1504" spans="1:6" customFormat="false">
       <c r="A1504" s="0">
-        <v>1532</v>
+        <v>1499</v>
       </c>
       <c r="B1504" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1504" s="1">
-        <v>45898.0</v>
+        <v>45862.0</v>
       </c>
       <c r="D1504" s="0" t="str">
-        <v>Annulering 'De Nacht van het Levenslied'</v>
+        <v>Moni Eik</v>
       </c>
       <c r="E1504" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1504" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1505" spans="1:6" customFormat="false">
       <c r="A1505" s="0">
-        <v>1533</v>
+        <v>1502</v>
       </c>
       <c r="B1505" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1505" s="1">
-        <v>45901.0</v>
+        <v>45849.0</v>
       </c>
       <c r="D1505" s="0" t="str">
-        <v>Handhaving parkeeroverlast en obstakels in de omgeving</v>
+        <v>Onderverhuur</v>
       </c>
       <c r="E1505" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1505" s="0" t="str">
-        <v>RBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1506" spans="1:6" customFormat="false">
       <c r="A1506" s="0">
-        <v>1534</v>
+        <v>1503</v>
       </c>
       <c r="B1506" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1506" s="1">
-        <v>45909.0</v>
+        <v>45853.0</v>
       </c>
       <c r="D1506" s="0" t="str">
-        <v>Inzet AWARE-systeem</v>
+        <v>Sportboulevard Waspik</v>
       </c>
       <c r="E1506" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1506" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1507" spans="1:6" customFormat="false">
       <c r="A1507" s="0">
-        <v>1535</v>
+        <v>1518</v>
       </c>
       <c r="B1507" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1507" s="1">
-        <v>45908.0</v>
+        <v>45874.0</v>
       </c>
       <c r="D1507" s="0" t="str">
-        <v>Evenementen in het centrum</v>
+        <v>Zebrapad Raadhuisstraat</v>
       </c>
       <c r="E1507" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1507" s="0" t="str">
-        <v>LTH</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1508" spans="1:6" customFormat="false">
       <c r="A1508" s="0">
-        <v>1537</v>
+        <v>1519</v>
       </c>
       <c r="B1508" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1508" s="1">
-        <v>45918.0</v>
+        <v>45902.0</v>
       </c>
       <c r="D1508" s="0" t="str">
-        <v>Plaatsing beeld Gudmundsson</v>
+        <v>uitvoering motie fietsen in de binnenstad cameratoezicht</v>
       </c>
       <c r="E1508" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1508" s="0" t="str">
-        <v>BSD</v>
+        <v>LTH</v>
       </c>
     </row>
     <row r="1509" spans="1:6" customFormat="false">
       <c r="A1509" s="0">
-        <v>1538</v>
+        <v>1528</v>
       </c>
       <c r="B1509" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1509" s="1">
-        <v>45923.0</v>
+        <v>45885.0</v>
       </c>
       <c r="D1509" s="0" t="str">
-        <v>Inclusieve toegankelijkheid en parkeerplaatsen bij stadsstrand</v>
+        <v>Plannen van defensie en de Waalwijkse ambities</v>
       </c>
       <c r="E1509" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1509" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1510" spans="1:6" customFormat="false">
       <c r="A1510" s="0">
-        <v>1539</v>
+        <v>1531</v>
       </c>
       <c r="B1510" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1510" s="1">
-        <v>45916.0</v>
+        <v>45875.0</v>
       </c>
       <c r="D1510" s="0" t="str">
-        <v>Sch. vragen CU vervanging sportvelden ACW en KMHC</v>
+        <v>Afgelasting levenslied</v>
       </c>
       <c r="E1510" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1510" s="0" t="str">
-        <v>FIN</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1511" spans="1:6" customFormat="false">
       <c r="A1511" s="0">
-        <v>1541</v>
+        <v>1532</v>
       </c>
       <c r="B1511" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1511" s="1">
-        <v>45918.0</v>
+        <v>45898.0</v>
       </c>
       <c r="D1511" s="0" t="str">
-        <v>Verkeerssituatie Robert Stolzsingel</v>
+        <v>Annulering 'De Nacht van het Levenslied'</v>
       </c>
       <c r="E1511" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1511" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1512" spans="1:6" customFormat="false">
       <c r="A1512" s="0">
-        <v>1545</v>
+        <v>1533</v>
       </c>
       <c r="B1512" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1512" s="1">
-        <v>45926.0</v>
+        <v>45901.0</v>
       </c>
       <c r="D1512" s="0" t="str">
-        <v>BIZ</v>
+        <v>Handhaving parkeeroverlast en obstakels in de omgeving</v>
       </c>
       <c r="E1512" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1512" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1513" spans="1:6" customFormat="false">
       <c r="A1513" s="0">
-        <v>1546</v>
+        <v>1534</v>
       </c>
       <c r="B1513" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1513" s="1">
-        <v>45937.0</v>
+        <v>45909.0</v>
       </c>
       <c r="D1513" s="0" t="str">
-        <v xml:space="preserve">Behoud cultureel erfgoed Halve Zolenlijn </v>
+        <v>Inzet AWARE-systeem</v>
       </c>
       <c r="E1513" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1513" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1514" spans="1:6" customFormat="false">
       <c r="A1514" s="0">
-        <v>1550</v>
+        <v>1535</v>
       </c>
       <c r="B1514" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1514" s="1">
-        <v>45937.0</v>
+        <v>45908.0</v>
       </c>
       <c r="D1514" s="0" t="str">
-        <v xml:space="preserve">Vervolgvragen als gevolg van beantwoording op eerdere vragen over  AWARE-systeem en slachtofferdevice </v>
+        <v>Evenementen in het centrum</v>
       </c>
       <c r="E1514" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1514" s="0" t="str">
-        <v>BSD</v>
+        <v>LTH</v>
       </c>
     </row>
     <row r="1515" spans="1:6" customFormat="false">
       <c r="A1515" s="0">
-        <v>1551</v>
+        <v>1537</v>
       </c>
       <c r="B1515" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1515" s="1">
-        <v>45945.0</v>
+        <v>45918.0</v>
       </c>
       <c r="D1515" s="0" t="str">
-        <v>Toekomst van de 80</v>
+        <v>Plaatsing beeld Gudmundsson</v>
       </c>
       <c r="E1515" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1515" s="0" t="str">
-        <v>VBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1516" spans="1:6" customFormat="false">
       <c r="A1516" s="0">
-        <v>1561</v>
+        <v>1538</v>
       </c>
       <c r="B1516" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1516" s="1">
-        <v>45977.0</v>
+        <v>45923.0</v>
       </c>
       <c r="D1516" s="0" t="str">
-        <v>Behoud monumentale boom plan Loeff</v>
+        <v>Inclusieve toegankelijkheid en parkeerplaatsen bij stadsstrand</v>
       </c>
       <c r="E1516" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1516" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1517" spans="1:6" customFormat="false">
       <c r="A1517" s="0">
-        <v>1562</v>
+        <v>1539</v>
       </c>
       <c r="B1517" s="0" t="str">
         <v>Schriftelijke vragen</v>
       </c>
       <c r="C1517" s="1">
-        <v>45978.0</v>
+        <v>45916.0</v>
       </c>
       <c r="D1517" s="0" t="str">
-        <v>Dak- en thuislozen</v>
+        <v>Sch. vragen CU vervanging sportvelden ACW en KMHC</v>
       </c>
       <c r="E1517" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1517" s="0" t="str">
-        <v>BSD</v>
+        <v>FIN</v>
       </c>
     </row>
     <row r="1518" spans="1:6" customFormat="false">
       <c r="A1518" s="0">
-        <v>7</v>
+        <v>1541</v>
       </c>
       <c r="B1518" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1518" s="1">
-        <v>44749.0</v>
+        <v>45918.0</v>
       </c>
       <c r="D1518" s="0" t="str">
-        <v>Inzichtelijk maken inrichtingskosten openbare ruimte rond museum</v>
+        <v>Verkeerssituatie Robert Stolzsingel</v>
       </c>
       <c r="E1518" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1518" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1519" spans="1:6" customFormat="false">
       <c r="A1519" s="0">
-        <v>24</v>
+        <v>1545</v>
       </c>
       <c r="B1519" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1519" s="1">
-        <v>44392.0</v>
+        <v>45926.0</v>
       </c>
       <c r="D1519" s="0" t="str">
-        <v>Onderzoek kosten van parkeervergunning in 123 gemeenten</v>
+        <v>BIZ</v>
       </c>
       <c r="E1519" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1519" s="0" t="str">
-        <v>TVVB</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1520" spans="1:6" customFormat="false">
       <c r="A1520" s="0">
-        <v>26</v>
+        <v>1546</v>
       </c>
       <c r="B1520" s="0" t="str">
-        <v>Toezeggingen</v>
-[...2 lines deleted...]
-        <v/>
+        <v>Schriftelijke vragen</v>
+      </c>
+      <c r="C1520" s="1">
+        <v>45937.0</v>
       </c>
       <c r="D1520" s="0" t="str">
-        <v>Notitie algemeen beeld ambtelijke organisatie vergeleken met andere gemeenten</v>
+        <v xml:space="preserve">Behoud cultureel erfgoed Halve Zolenlijn </v>
       </c>
       <c r="E1520" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1520" s="0" t="str">
-        <v>THRM</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1521" spans="1:6" customFormat="false">
       <c r="A1521" s="0">
-        <v>27</v>
+        <v>1550</v>
       </c>
       <c r="B1521" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1521" s="1">
-        <v>44440.0</v>
+        <v>45937.0</v>
       </c>
       <c r="D1521" s="0" t="str">
-        <v>Participatie n.a.v. Vaststelling bestemmingsplan Waalwijk Wijnruitstraat 196</v>
+        <v xml:space="preserve">Vervolgvragen als gevolg van beantwoording op eerdere vragen over  AWARE-systeem en slachtofferdevice </v>
       </c>
       <c r="E1521" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1521" s="0" t="str">
-        <v>TREW</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1522" spans="1:6" customFormat="false">
       <c r="A1522" s="0">
-        <v>61</v>
+        <v>1551</v>
       </c>
       <c r="B1522" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1522" s="1">
-        <v>44397.0</v>
+        <v>45945.0</v>
       </c>
       <c r="D1522" s="0" t="str">
-        <v>Aan de raad toegezegde evaluatie Algemene subsidie verordening</v>
+        <v>Toekomst van de 80</v>
       </c>
       <c r="E1522" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1522" s="0" t="str">
-        <v>TMAO</v>
+        <v>VBL</v>
       </c>
     </row>
     <row r="1523" spans="1:6" customFormat="false">
       <c r="A1523" s="0">
-        <v>71</v>
+        <v>1561</v>
       </c>
       <c r="B1523" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1523" s="1">
-        <v>44469.0</v>
+        <v>45965.0</v>
       </c>
       <c r="D1523" s="0" t="str">
-        <v>Algemene Plaatselijke Verordening gemeente Waalwijk 2020 (APV)</v>
+        <v>Behoud monumentale boom plan Loeff</v>
       </c>
       <c r="E1523" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1523" s="0" t="str">
-        <v>TVVB</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1524" spans="1:6" customFormat="false">
       <c r="A1524" s="0">
-        <v>75</v>
+        <v>1562</v>
       </c>
       <c r="B1524" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1524" s="1">
-        <v>44440.0</v>
+        <v>45978.0</v>
       </c>
       <c r="D1524" s="0" t="str">
-        <v>Beleidsregels slecht levensgedrag</v>
+        <v>Dak- en thuislozen</v>
       </c>
       <c r="E1524" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1524" s="0" t="str">
-        <v>TLTH</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1525" spans="1:6" customFormat="false">
       <c r="A1525" s="0">
-        <v>83</v>
+        <v>1564</v>
       </c>
       <c r="B1525" s="0" t="str">
-        <v>Toezeggingen</v>
+        <v>Schriftelijke vragen</v>
       </c>
       <c r="C1525" s="1">
-        <v>44406.0</v>
+        <v>46024.0</v>
       </c>
       <c r="D1525" s="0" t="str">
-        <v>Vragenronde over druk op ambtelijke molen</v>
+        <v>Uitvoering GOL snelfietspad</v>
       </c>
       <c r="E1525" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1525" s="0" t="str">
-        <v>THRM</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1526" spans="1:6" customFormat="false">
       <c r="A1526" s="0">
-        <v>84</v>
+        <v>7</v>
       </c>
       <c r="B1526" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1526" s="1">
-        <v>44341.0</v>
+        <v>44749.0</v>
       </c>
       <c r="D1526" s="0" t="str">
-        <v>Rekenmethodieken CO2 problematiek A59</v>
+        <v>Inzichtelijk maken inrichtingskosten openbare ruimte rond museum</v>
       </c>
       <c r="E1526" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1526" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1527" spans="1:6" customFormat="false">
       <c r="A1527" s="0">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="B1527" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1527" s="1">
         <v>44392.0</v>
       </c>
       <c r="D1527" s="0" t="str">
-        <v>Integraal Waterplan Waalwijk 2021-2024, wateroverlast</v>
+        <v>Onderzoek kosten van parkeervergunning in 123 gemeenten</v>
       </c>
       <c r="E1527" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1527" s="0" t="str">
-        <v>TOOR</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1528" spans="1:6" customFormat="false">
       <c r="A1528" s="0">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="B1528" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1528" s="1">
-        <v>45204.0</v>
+      <c r="C1528" s="1" t="str">
+        <v/>
       </c>
       <c r="D1528" s="0" t="str">
-        <v>Evaluatie betaald parkeren centrum Waalwijk</v>
+        <v>Notitie algemeen beeld ambtelijke organisatie vergeleken met andere gemeenten</v>
       </c>
       <c r="E1528" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1528" s="0" t="str">
-        <v>TREW</v>
+        <v>THRM</v>
       </c>
     </row>
     <row r="1529" spans="1:6" customFormat="false">
       <c r="A1529" s="0">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="B1529" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1529" s="1" t="str">
-        <v/>
+      <c r="C1529" s="1">
+        <v>44440.0</v>
       </c>
       <c r="D1529" s="0" t="str">
-        <v>Vragenrondeover onderzoek parkeerkosten parkeervergunnning in 123 gemeenten</v>
+        <v>Participatie n.a.v. Vaststelling bestemmingsplan Waalwijk Wijnruitstraat 196</v>
       </c>
       <c r="E1529" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1529" s="0" t="str">
-        <v>TVVB</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1530" spans="1:6" customFormat="false">
       <c r="A1530" s="0">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="B1530" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1530" s="1">
-        <v>44601.0</v>
+        <v>44397.0</v>
       </c>
       <c r="D1530" s="0" t="str">
-        <v>Beleidsplan Samen uit armoede 2019-2022</v>
+        <v>Aan de raad toegezegde evaluatie Algemene subsidie verordening</v>
       </c>
       <c r="E1530" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1530" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1531" spans="1:6" customFormat="false">
       <c r="A1531" s="0">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="B1531" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1531" s="1">
-        <v>45279.0</v>
+        <v>44469.0</v>
       </c>
       <c r="D1531" s="0" t="str">
-        <v>Dementievriendelijke gemeente</v>
+        <v>Algemene Plaatselijke Verordening gemeente Waalwijk 2020 (APV)</v>
       </c>
       <c r="E1531" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1531" s="0" t="str">
-        <v>TMAO</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1532" spans="1:6" customFormat="false">
       <c r="A1532" s="0">
-        <v>121</v>
+        <v>75</v>
       </c>
       <c r="B1532" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1532" s="1">
-        <v>44446.0</v>
+        <v>44440.0</v>
       </c>
       <c r="D1532" s="0" t="str">
-        <v xml:space="preserve">Participatie en verdere vormgeving hiervan </v>
+        <v>Beleidsregels slecht levensgedrag</v>
       </c>
       <c r="E1532" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1532" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1533" spans="1:6" customFormat="false">
       <c r="A1533" s="0">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="B1533" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1533" s="1">
-        <v>44531.0</v>
+        <v>44406.0</v>
       </c>
       <c r="D1533" s="0" t="str">
-        <v>Doorontwikkeling Museum Plus</v>
+        <v>Vragenronde over druk op ambtelijke molen</v>
       </c>
       <c r="E1533" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1533" s="0" t="str">
-        <v>TOOR</v>
+        <v>THRM</v>
       </c>
     </row>
     <row r="1534" spans="1:6" customFormat="false">
       <c r="A1534" s="0">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="B1534" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1534" s="1">
-        <v>45261.0</v>
+        <v>44341.0</v>
       </c>
       <c r="D1534" s="0" t="str">
-        <v xml:space="preserve">Speelruimteplan </v>
+        <v>Rekenmethodieken CO2 problematiek A59</v>
       </c>
       <c r="E1534" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1534" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1535" spans="1:6" customFormat="false">
       <c r="A1535" s="0">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="B1535" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1535" s="1">
-        <v>44377.0</v>
+        <v>44392.0</v>
       </c>
       <c r="D1535" s="0" t="str">
-        <v>Nota Sport en Bewegen in Waalwijk 2020-2024</v>
+        <v>Integraal Waterplan Waalwijk 2021-2024, wateroverlast</v>
       </c>
       <c r="E1535" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1535" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1536" spans="1:6" customFormat="false">
       <c r="A1536" s="0">
-        <v>128</v>
+        <v>101</v>
       </c>
       <c r="B1536" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1536" s="1">
-        <v>44357.0</v>
+        <v>45204.0</v>
       </c>
       <c r="D1536" s="0" t="str">
-        <v>Nieuwe brandstoftank</v>
+        <v>Evaluatie betaald parkeren centrum Waalwijk</v>
       </c>
       <c r="E1536" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1536" s="0" t="str">
-        <v>TBUI</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1537" spans="1:6" customFormat="false">
       <c r="A1537" s="0">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="B1537" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1537" s="1">
-        <v>44392.0</v>
+      <c r="C1537" s="1" t="str">
+        <v/>
       </c>
       <c r="D1537" s="0" t="str">
-        <v xml:space="preserve"> Vaststellen visie Hart van de stad</v>
+        <v>Vragenrondeover onderzoek parkeerkosten parkeervergunnning in 123 gemeenten</v>
       </c>
       <c r="E1537" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1537" s="0" t="str">
-        <v>TREW</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1538" spans="1:6" customFormat="false">
       <c r="A1538" s="0">
-        <v>130</v>
+        <v>107</v>
       </c>
       <c r="B1538" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1538" s="1">
-        <v>44392.0</v>
+        <v>44601.0</v>
       </c>
       <c r="D1538" s="0" t="str">
-        <v>Vaststellen Visie van de stad</v>
+        <v>Beleidsplan Samen uit armoede 2019-2022</v>
       </c>
       <c r="E1538" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1538" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1539" spans="1:6" customFormat="false">
       <c r="A1539" s="0">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="B1539" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1539" s="1">
-        <v>44446.0</v>
+        <v>45279.0</v>
       </c>
       <c r="D1539" s="0" t="str">
-        <v>Rotonde Drunenseweg/Akkerlaan</v>
+        <v>Dementievriendelijke gemeente</v>
       </c>
       <c r="E1539" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1539" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1540" spans="1:6" customFormat="false">
       <c r="A1540" s="0">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="B1540" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1540" s="1">
         <v>44446.0</v>
       </c>
       <c r="D1540" s="0" t="str">
-        <v>Invulling Ambrosiusweg</v>
+        <v xml:space="preserve">Participatie en verdere vormgeving hiervan </v>
       </c>
       <c r="E1540" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1540" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1541" spans="1:6" customFormat="false">
       <c r="A1541" s="0">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="B1541" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1541" s="1">
         <v>44531.0</v>
       </c>
       <c r="D1541" s="0" t="str">
-        <v xml:space="preserve">Afgesloten projecten en kredieten projecten IUP in najaarsbericht </v>
+        <v>Doorontwikkeling Museum Plus</v>
       </c>
       <c r="E1541" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1541" s="0" t="str">
-        <v>TFIN</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1542" spans="1:6" customFormat="false">
       <c r="A1542" s="0">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="B1542" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1542" s="1">
-        <v>44446.0</v>
+        <v>45261.0</v>
       </c>
       <c r="D1542" s="0" t="str">
-        <v>Drempels Wendelnesseweg</v>
+        <v xml:space="preserve">Speelruimteplan </v>
       </c>
       <c r="E1542" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1542" s="0" t="str">
-        <v>TOOR</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1543" spans="1:6" customFormat="false">
       <c r="A1543" s="0">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="B1543" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1543" s="1">
-        <v>44482.0</v>
+        <v>44377.0</v>
       </c>
       <c r="D1543" s="0" t="str">
-        <v xml:space="preserve"> Uitvoeringsnota Cultuurnota gemeente Waalwijk 2021-2024 (prestatie/indicatoren)</v>
+        <v>Nota Sport en Bewegen in Waalwijk 2020-2024</v>
       </c>
       <c r="E1543" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1543" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1544" spans="1:6" customFormat="false">
       <c r="A1544" s="0">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B1544" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1544" s="1" t="str">
-        <v/>
+      <c r="C1544" s="1">
+        <v>44357.0</v>
       </c>
       <c r="D1544" s="0" t="str">
-        <v>(R9.6-20) Cultuurnota gemeente Waalwijk 2021-2024</v>
+        <v>Nieuwe brandstoftank</v>
       </c>
       <c r="E1544" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1544" s="0" t="str">
-        <v>TMAO</v>
+        <v>TBUI</v>
       </c>
     </row>
     <row r="1545" spans="1:6" customFormat="false">
       <c r="A1545" s="0">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B1545" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1545" s="1">
-        <v>44531.0</v>
+        <v>44392.0</v>
       </c>
       <c r="D1545" s="0" t="str">
-        <v>Raad op de hoogte houden van uitvoering IUP</v>
+        <v xml:space="preserve"> Vaststellen visie Hart van de stad</v>
       </c>
       <c r="E1545" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1545" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1546" spans="1:6" customFormat="false">
       <c r="A1546" s="0">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="B1546" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1546" s="1">
-        <v>44593.0</v>
+        <v>44392.0</v>
       </c>
       <c r="D1546" s="0" t="str">
-        <v>BTW wijziging Toekomstbestendig sportpark SSC'55</v>
+        <v>Vaststellen Visie van de stad</v>
       </c>
       <c r="E1546" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1546" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1547" spans="1:6" customFormat="false">
       <c r="A1547" s="0">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="B1547" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1547" s="1">
         <v>44446.0</v>
       </c>
       <c r="D1547" s="0" t="str">
-        <v>Opnemen sportaccommodaties in vastgoedbeleid</v>
+        <v>Rotonde Drunenseweg/Akkerlaan</v>
       </c>
       <c r="E1547" s="0" t="str">
         <v>J. van den Hoven</v>
       </c>
       <c r="F1547" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1548" spans="1:6" customFormat="false">
       <c r="A1548" s="0">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="B1548" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1548" s="1">
-        <v>44684.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1548" s="0" t="str">
-        <v>Motie Sustainable Development Goals</v>
+        <v>Invulling Ambrosiusweg</v>
       </c>
       <c r="E1548" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1548" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1549" spans="1:6" customFormat="false">
       <c r="A1549" s="0">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="B1549" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1549" s="1">
-        <v>44927.0</v>
+        <v>44531.0</v>
       </c>
       <c r="D1549" s="0" t="str">
-        <v xml:space="preserve"> Uitvoeringsprogramma Jeugdkader 2020</v>
+        <v xml:space="preserve">Afgesloten projecten en kredieten projecten IUP in najaarsbericht </v>
       </c>
       <c r="E1549" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1549" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1550" spans="1:6" customFormat="false">
       <c r="A1550" s="0">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="B1550" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1550" s="1">
-        <v>44470.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1550" s="0" t="str">
-        <v>Gevolgen Coronacrisis voor GGD</v>
+        <v>Drempels Wendelnesseweg</v>
       </c>
       <c r="E1550" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1550" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1551" spans="1:6" customFormat="false">
       <c r="A1551" s="0">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="B1551" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1551" s="1">
-        <v>44446.0</v>
+        <v>44482.0</v>
       </c>
       <c r="D1551" s="0" t="str">
-        <v>Fundamentele discussie over jeugdhulp</v>
+        <v xml:space="preserve"> Uitvoeringsnota Cultuurnota gemeente Waalwijk 2021-2024 (prestatie/indicatoren)</v>
       </c>
       <c r="E1551" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1551" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1552" spans="1:6" customFormat="false">
       <c r="A1552" s="0">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="B1552" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1552" s="1">
-        <v>44446.0</v>
+      <c r="C1552" s="1" t="str">
+        <v/>
       </c>
       <c r="D1552" s="0" t="str">
-        <v>Stand van zaken ziekenhuis Waalwijk</v>
+        <v>(R9.6-20) Cultuurnota gemeente Waalwijk 2021-2024</v>
       </c>
       <c r="E1552" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1552" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1553" spans="1:6" customFormat="false">
       <c r="A1553" s="0">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="B1553" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1553" s="1">
-        <v>44391.0</v>
+        <v>44531.0</v>
       </c>
       <c r="D1553" s="0" t="str">
-        <v>Rapport Tavenu</v>
+        <v>Raad op de hoogte houden van uitvoering IUP</v>
       </c>
       <c r="E1553" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1553" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1554" spans="1:6" customFormat="false">
       <c r="A1554" s="0">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="B1554" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1554" s="1">
-        <v>44348.0</v>
+        <v>44593.0</v>
       </c>
       <c r="D1554" s="0" t="str">
-        <v>Antidiscriminatiebureau</v>
+        <v>BTW wijziging Toekomstbestendig sportpark SSC'55</v>
       </c>
       <c r="E1554" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1554" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1555" spans="1:6" customFormat="false">
       <c r="A1555" s="0">
-        <v>187</v>
+        <v>140</v>
       </c>
       <c r="B1555" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1555" s="1">
-        <v>45707.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1555" s="0" t="str">
-        <v xml:space="preserve">Ingekomen stuk 127a LIS 27-05-21: Brief inwoner kunstwerk Gudmundsson </v>
+        <v>Opnemen sportaccommodaties in vastgoedbeleid</v>
       </c>
       <c r="E1555" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1555" s="0" t="str">
-        <v>BSD</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1556" spans="1:6" customFormat="false">
       <c r="A1556" s="0">
-        <v>188</v>
+        <v>141</v>
       </c>
       <c r="B1556" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1556" s="1">
-        <v>44501.0</v>
+        <v>44684.0</v>
       </c>
       <c r="D1556" s="0" t="str">
-        <v xml:space="preserve">Ingekomen stuk 127a LIS 27-05-21: Brief inwoner kunstwerk Gudmundsson </v>
+        <v>Motie Sustainable Development Goals</v>
       </c>
       <c r="E1556" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1556" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1557" spans="1:6" customFormat="false">
       <c r="A1557" s="0">
-        <v>199</v>
+        <v>144</v>
       </c>
       <c r="B1557" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1557" s="1">
-        <v>44370.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1557" s="0" t="str">
-        <v>RV Gebiedsspecifiek beleid PFAS, mandatering</v>
+        <v xml:space="preserve"> Uitvoeringsprogramma Jeugdkader 2020</v>
       </c>
       <c r="E1557" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1557" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1558" spans="1:6" customFormat="false">
       <c r="A1558" s="0">
-        <v>200</v>
+        <v>146</v>
       </c>
       <c r="B1558" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1558" s="1">
-        <v>44467.0</v>
+        <v>44470.0</v>
       </c>
       <c r="D1558" s="0" t="str">
-        <v>Raadsvoorstel Krediet herinrichting van de Markt &amp; Raadhuisplein onderhoudsplan bomen</v>
+        <v>Gevolgen Coronacrisis voor GGD</v>
       </c>
       <c r="E1558" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1558" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1559" spans="1:6" customFormat="false">
       <c r="A1559" s="0">
-        <v>201</v>
+        <v>148</v>
       </c>
       <c r="B1559" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1559" s="1">
-        <v>44467.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1559" s="0" t="str">
-        <v>Raadsvoorstel Krediet herinrichting van de Markt &amp; Raadhuisplein update raming kosten</v>
+        <v>Fundamentele discussie over jeugdhulp</v>
       </c>
       <c r="E1559" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1559" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1560" spans="1:6" customFormat="false">
       <c r="A1560" s="0">
-        <v>246</v>
+        <v>149</v>
       </c>
       <c r="B1560" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1560" s="1">
-        <v>44835.0</v>
+        <v>44446.0</v>
       </c>
       <c r="D1560" s="0" t="str">
-        <v>Openbaar toilet</v>
+        <v>Stand van zaken ziekenhuis Waalwijk</v>
       </c>
       <c r="E1560" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1560" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1561" spans="1:6" customFormat="false">
       <c r="A1561" s="0">
-        <v>247</v>
+        <v>151</v>
       </c>
       <c r="B1561" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1561" s="1">
-        <v>44866.0</v>
+        <v>44391.0</v>
       </c>
       <c r="D1561" s="0" t="str">
-        <v xml:space="preserve">Het niet toepassen van prijscompensatie </v>
+        <v>Rapport Tavenu</v>
       </c>
       <c r="E1561" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1561" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1562" spans="1:6" customFormat="false">
       <c r="A1562" s="0">
-        <v>248</v>
+        <v>152</v>
       </c>
       <c r="B1562" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1562" s="1">
-        <v>45258.0</v>
+        <v>44348.0</v>
       </c>
       <c r="D1562" s="0" t="str">
-        <v>Grafrechten aan eerste generatie Molukkers</v>
+        <v>Antidiscriminatiebureau</v>
       </c>
       <c r="E1562" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1562" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1563" spans="1:6" customFormat="false">
       <c r="A1563" s="0">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="B1563" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1563" s="1">
-        <v>44434.0</v>
+        <v>45707.0</v>
       </c>
       <c r="D1563" s="0" t="str">
-        <v>Wet Open Overheid</v>
+        <v xml:space="preserve">Ingekomen stuk 127a LIS 27-05-21: Brief inwoner kunstwerk Gudmundsson </v>
       </c>
       <c r="E1563" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1563" s="0" t="str">
-        <v>TIBF</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1564" spans="1:6" customFormat="false">
       <c r="A1564" s="0">
-        <v>250</v>
+        <v>188</v>
       </c>
       <c r="B1564" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1564" s="1">
-        <v>44866.0</v>
+        <v>44501.0</v>
       </c>
       <c r="D1564" s="0" t="str">
-        <v>Stop de braindrain</v>
+        <v xml:space="preserve">Ingekomen stuk 127a LIS 27-05-21: Brief inwoner kunstwerk Gudmundsson </v>
       </c>
       <c r="E1564" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1564" s="0" t="str">
-        <v>CSTR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1565" spans="1:6" customFormat="false">
       <c r="A1565" s="0">
-        <v>251</v>
+        <v>199</v>
       </c>
       <c r="B1565" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1565" s="1">
-        <v>44866.0</v>
+        <v>44370.0</v>
       </c>
       <c r="D1565" s="0" t="str">
-        <v>Motie over duurzame pachtgronden</v>
+        <v>RV Gebiedsspecifiek beleid PFAS, mandatering</v>
       </c>
       <c r="E1565" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1565" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1566" spans="1:6" customFormat="false">
       <c r="A1566" s="0">
-        <v>252</v>
+        <v>200</v>
       </c>
       <c r="B1566" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1566" s="1">
-        <v>45170.0</v>
+        <v>44467.0</v>
       </c>
       <c r="D1566" s="0" t="str">
-        <v>Motie over zwerfafval-arm</v>
+        <v>Raadsvoorstel Krediet herinrichting van de Markt &amp; Raadhuisplein onderhoudsplan bomen</v>
       </c>
       <c r="E1566" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1566" s="0" t="str">
-        <v>TORV</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1567" spans="1:6" customFormat="false">
       <c r="A1567" s="0">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="B1567" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1567" s="1">
-        <v>44866.0</v>
+        <v>44467.0</v>
       </c>
       <c r="D1567" s="0" t="str">
-        <v>Inwonerspanel</v>
+        <v>Raadsvoorstel Krediet herinrichting van de Markt &amp; Raadhuisplein update raming kosten</v>
       </c>
       <c r="E1567" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1567" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1568" spans="1:6" customFormat="false">
       <c r="A1568" s="0">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B1568" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1568" s="1">
-        <v>44866.0</v>
+        <v>44835.0</v>
       </c>
       <c r="D1568" s="0" t="str">
-        <v>Motie over Quiet Community</v>
+        <v>Openbaar toilet</v>
       </c>
       <c r="E1568" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1568" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1569" spans="1:6" customFormat="false">
       <c r="A1569" s="0">
-        <v>283</v>
+        <v>247</v>
       </c>
       <c r="B1569" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1569" s="1">
-        <v>44643.0</v>
+        <v>44866.0</v>
       </c>
       <c r="D1569" s="0" t="str">
-        <v>Voortgang verduurzaming kantoorpanden</v>
+        <v xml:space="preserve">Het niet toepassen van prijscompensatie </v>
       </c>
       <c r="E1569" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1569" s="0" t="str">
-        <v>TORV</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1570" spans="1:6" customFormat="false">
       <c r="A1570" s="0">
-        <v>295</v>
+        <v>248</v>
       </c>
       <c r="B1570" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1570" s="1">
-        <v>44546.0</v>
+        <v>45258.0</v>
       </c>
       <c r="D1570" s="0" t="str">
-        <v>nr. 164 van de lijst van ingekomen stukken van 24 juni 2021 brief inwoner Waalwijk over koop- en huurwoningen starters</v>
+        <v>Grafrechten aan eerste generatie Molukkers</v>
       </c>
       <c r="E1570" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1570" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1571" spans="1:6" customFormat="false">
       <c r="A1571" s="0">
-        <v>296</v>
+        <v>249</v>
       </c>
       <c r="B1571" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1571" s="1">
-        <v>44546.0</v>
+        <v>44434.0</v>
       </c>
       <c r="D1571" s="0" t="str">
-        <v>nr. 164 van de lijst van ingekomen stukken van 24 juni 2021 brief inwoner Waalwijk over koop- en huurwoningen starters</v>
+        <v>Wet Open Overheid</v>
       </c>
       <c r="E1571" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1571" s="0" t="str">
-        <v>TMAO</v>
+        <v>TIBF</v>
       </c>
     </row>
     <row r="1572" spans="1:6" customFormat="false">
       <c r="A1572" s="0">
-        <v>297</v>
+        <v>250</v>
       </c>
       <c r="B1572" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1572" s="1">
-        <v>44546.0</v>
+        <v>44866.0</v>
       </c>
       <c r="D1572" s="0" t="str">
-        <v>Ingekomen stuk nr. 159 van de lijst van ingekomen stukken van 24 juni 2021: brief inwoner Waalwijk over zienswijze Torenflat Burg. Verwielstraat</v>
+        <v>Stop de braindrain</v>
       </c>
       <c r="E1572" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1572" s="0" t="str">
-        <v>TOOR</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1573" spans="1:6" customFormat="false">
       <c r="A1573" s="0">
-        <v>314</v>
+        <v>251</v>
       </c>
       <c r="B1573" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1573" s="1">
-        <v>44805.0</v>
+        <v>44866.0</v>
       </c>
       <c r="D1573" s="0" t="str">
-        <v>Overlast GO-scooters</v>
+        <v>Motie over duurzame pachtgronden</v>
       </c>
       <c r="E1573" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1573" s="0" t="str">
-        <v>CSTR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1574" spans="1:6" customFormat="false">
       <c r="A1574" s="0">
-        <v>315</v>
+        <v>252</v>
       </c>
       <c r="B1574" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1574" s="1">
-        <v>44560.0</v>
+        <v>45170.0</v>
       </c>
       <c r="D1574" s="0" t="str">
-        <v>Verkeersmaatregelen Hooipolder</v>
+        <v>Motie over zwerfafval-arm</v>
       </c>
       <c r="E1574" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1574" s="0" t="str">
-        <v>TOOR</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1575" spans="1:6" customFormat="false">
       <c r="A1575" s="0">
-        <v>316</v>
+        <v>253</v>
       </c>
       <c r="B1575" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1575" s="1">
-        <v>44837.0</v>
+        <v>44866.0</v>
       </c>
       <c r="D1575" s="0" t="str">
-        <v>PMD/Luierzakken in begroting 2023 (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
+        <v>Inwonerspanel</v>
       </c>
       <c r="E1575" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1575" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1576" spans="1:6" customFormat="false">
       <c r="A1576" s="0">
-        <v>317</v>
+        <v>254</v>
       </c>
       <c r="B1576" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1576" s="1">
-        <v>44662.0</v>
+        <v>44866.0</v>
       </c>
       <c r="D1576" s="0" t="str">
-        <v>Mogelijk vierde proef: vervuilingsgraad afval (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
+        <v>Motie over Quiet Community</v>
       </c>
       <c r="E1576" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1576" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1577" spans="1:6" customFormat="false">
       <c r="A1577" s="0">
-        <v>318</v>
+        <v>283</v>
       </c>
       <c r="B1577" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1577" s="1">
-        <v>44662.0</v>
+        <v>44643.0</v>
       </c>
       <c r="D1577" s="0" t="str">
-        <v>GFT-tarief bij hoogbouw (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
+        <v>Voortgang verduurzaming kantoorpanden</v>
       </c>
       <c r="E1577" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1577" s="0" t="str">
         <v>TORV</v>
       </c>
     </row>
     <row r="1578" spans="1:6" customFormat="false">
       <c r="A1578" s="0">
-        <v>319</v>
+        <v>295</v>
       </c>
       <c r="B1578" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1578" s="1" t="str">
-        <v/>
+      <c r="C1578" s="1">
+        <v>44546.0</v>
       </c>
       <c r="D1578" s="0" t="str">
-        <v>Diverse overwegingen meenemen in raadsvoorstel (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
+        <v>nr. 164 van de lijst van ingekomen stukken van 24 juni 2021 brief inwoner Waalwijk over koop- en huurwoningen starters</v>
       </c>
       <c r="E1578" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1578" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1579" spans="1:6" customFormat="false">
       <c r="A1579" s="0">
-        <v>320</v>
+        <v>296</v>
       </c>
       <c r="B1579" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1579" s="1">
-        <v>44560.0</v>
+        <v>44546.0</v>
       </c>
       <c r="D1579" s="0" t="str">
-        <v>Bezwaarschrift ontheffing ingezetenschap wethouder</v>
+        <v>nr. 164 van de lijst van ingekomen stukken van 24 juni 2021 brief inwoner Waalwijk over koop- en huurwoningen starters</v>
       </c>
       <c r="E1579" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1579" s="0" t="str">
-        <v>THRM</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1580" spans="1:6" customFormat="false">
       <c r="A1580" s="0">
-        <v>321</v>
+        <v>297</v>
       </c>
       <c r="B1580" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1580" s="1">
-        <v>44621.0</v>
+        <v>44546.0</v>
       </c>
       <c r="D1580" s="0" t="str">
-        <v>Regionale evaluatie van beschermd wonen</v>
+        <v>Ingekomen stuk nr. 159 van de lijst van ingekomen stukken van 24 juni 2021: brief inwoner Waalwijk over zienswijze Torenflat Burg. Verwielstraat</v>
       </c>
       <c r="E1580" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1580" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1581" spans="1:6" customFormat="false">
       <c r="A1581" s="0">
-        <v>365</v>
+        <v>314</v>
       </c>
       <c r="B1581" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1581" s="1">
-        <v>44596.0</v>
+        <v>44805.0</v>
       </c>
       <c r="D1581" s="0" t="str">
-        <v xml:space="preserve">Belastingverordeningen 2022 (ex Reclamebelasting centrum Waalwijk, Leges en OZB) </v>
+        <v>Overlast GO-scooters</v>
       </c>
       <c r="E1581" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1581" s="0" t="str">
-        <v>TVVB</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1582" spans="1:6" customFormat="false">
       <c r="A1582" s="0">
-        <v>366</v>
+        <v>315</v>
       </c>
       <c r="B1582" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1582" s="1">
-        <v>44663.0</v>
+        <v>44560.0</v>
       </c>
       <c r="D1582" s="0" t="str">
-        <v>Ontwikkeling stadsstrand bij Surfvijver</v>
+        <v>Verkeersmaatregelen Hooipolder</v>
       </c>
       <c r="E1582" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1582" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1583" spans="1:6" customFormat="false">
       <c r="A1583" s="0">
-        <v>367</v>
+        <v>316</v>
       </c>
       <c r="B1583" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1583" s="1">
-        <v>44713.0</v>
+        <v>44837.0</v>
       </c>
       <c r="D1583" s="0" t="str">
-        <v>Motie Kansrijk Waalwijk</v>
+        <v>PMD/Luierzakken in begroting 2023 (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
       </c>
       <c r="E1583" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1583" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1584" spans="1:6" customFormat="false">
       <c r="A1584" s="0">
-        <v>368</v>
+        <v>317</v>
       </c>
       <c r="B1584" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1584" s="1">
-        <v>44596.0</v>
+        <v>44662.0</v>
       </c>
       <c r="D1584" s="0" t="str">
-        <v>Motie Overname schuld toeslagenaffaire</v>
+        <v>Mogelijk vierde proef: vervuilingsgraad afval (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
       </c>
       <c r="E1584" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1584" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1585" spans="1:6" customFormat="false">
       <c r="A1585" s="0">
-        <v>369</v>
+        <v>318</v>
       </c>
       <c r="B1585" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1585" s="1">
-        <v>44596.0</v>
+        <v>44662.0</v>
       </c>
       <c r="D1585" s="0" t="str">
-        <v>Realisering van flexwoningen (amendement)</v>
+        <v>GFT-tarief bij hoogbouw (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
       </c>
       <c r="E1585" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1585" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1586" spans="1:6" customFormat="false">
       <c r="A1586" s="0">
-        <v>369</v>
+        <v>319</v>
       </c>
       <c r="B1586" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1586" s="1">
-        <v>44596.0</v>
+      <c r="C1586" s="1" t="str">
+        <v/>
       </c>
       <c r="D1586" s="0" t="str">
-        <v>Realisering van flexwoningen (amendement)</v>
+        <v>Diverse overwegingen meenemen in raadsvoorstel (Afvalproeven Grondstoffenbeleidsplan fase II)</v>
       </c>
       <c r="E1586" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1586" s="0" t="str">
-        <v>TREW</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1587" spans="1:6" customFormat="false">
       <c r="A1587" s="0">
-        <v>370</v>
+        <v>320</v>
       </c>
       <c r="B1587" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1587" s="1">
-        <v>44641.0</v>
+        <v>44560.0</v>
       </c>
       <c r="D1587" s="0" t="str">
-        <v>Beleidsplan en uitvoeringsregeling WMO 2022</v>
+        <v>Bezwaarschrift ontheffing ingezetenschap wethouder</v>
       </c>
       <c r="E1587" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1587" s="0" t="str">
-        <v>TMAO</v>
+        <v>THRM</v>
       </c>
     </row>
     <row r="1588" spans="1:6" customFormat="false">
       <c r="A1588" s="0">
-        <v>371</v>
+        <v>321</v>
       </c>
       <c r="B1588" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1588" s="1">
-        <v>44926.0</v>
+        <v>44621.0</v>
       </c>
       <c r="D1588" s="0" t="str">
-        <v>Beleidsplan en uitvoeringsregeling WMO 2022</v>
+        <v>Regionale evaluatie van beschermd wonen</v>
       </c>
       <c r="E1588" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1588" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1589" spans="1:6" customFormat="false">
       <c r="A1589" s="0">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="B1589" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1589" s="1">
-        <v>44837.0</v>
+        <v>44596.0</v>
       </c>
       <c r="D1589" s="0" t="str">
-        <v>Wijzigingen begrotingen 2021 en 2022 GGD Hart van Brabant</v>
+        <v xml:space="preserve">Belastingverordeningen 2022 (ex Reclamebelasting centrum Waalwijk, Leges en OZB) </v>
       </c>
       <c r="E1589" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1589" s="0" t="str">
-        <v>TMAO</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1590" spans="1:6" customFormat="false">
       <c r="A1590" s="0">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="B1590" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1590" s="1">
-        <v>44596.0</v>
+        <v>44663.0</v>
       </c>
       <c r="D1590" s="0" t="str">
-        <v>Realisering van flexwoningen (amendement)</v>
+        <v>Ontwikkeling stadsstrand bij Surfvijver</v>
       </c>
       <c r="E1590" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1590" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1591" spans="1:6" customFormat="false">
       <c r="A1591" s="0">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="B1591" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1591" s="1">
-        <v>44899.0</v>
+        <v>44713.0</v>
       </c>
       <c r="D1591" s="0" t="str">
-        <v>Ingetrokken motie stadsstrand bij Surfvijver</v>
+        <v>Motie Kansrijk Waalwijk</v>
       </c>
       <c r="E1591" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1591" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1592" spans="1:6" customFormat="false">
       <c r="A1592" s="0">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="B1592" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1592" s="1">
-        <v>44869.0</v>
+        <v>44596.0</v>
       </c>
       <c r="D1592" s="0" t="str">
-        <v>Toezegging n.a.v. aangehouden motie Kansrijk Waalwijk</v>
+        <v>Motie Overname schuld toeslagenaffaire</v>
       </c>
       <c r="E1592" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1592" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1593" spans="1:6" customFormat="false">
       <c r="A1593" s="0">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="B1593" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1593" s="1">
-        <v>44869.0</v>
+        <v>44596.0</v>
       </c>
       <c r="D1593" s="0" t="str">
-        <v>Toezegging n.a.v. ingetrokken motie overname schuldtoeslagenaffaire</v>
+        <v>Realisering van flexwoningen (amendement)</v>
       </c>
       <c r="E1593" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1593" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1594" spans="1:6" customFormat="false">
       <c r="A1594" s="0">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="B1594" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1594" s="1">
-        <v>44645.0</v>
+        <v>44596.0</v>
       </c>
       <c r="D1594" s="0" t="str">
-        <v>Toezegging n.a.v. ingetrokken amendement realisering van flexwoningen</v>
+        <v>Realisering van flexwoningen (amendement)</v>
       </c>
       <c r="E1594" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1594" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1595" spans="1:6" customFormat="false">
       <c r="A1595" s="0">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="B1595" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1595" s="1">
-        <v>44869.0</v>
+        <v>44641.0</v>
       </c>
       <c r="D1595" s="0" t="str">
-        <v>Toezegging n.a.v. ingetrokken amendement realisering van flexwoningen</v>
+        <v>Beleidsplan en uitvoeringsregeling WMO 2022</v>
       </c>
       <c r="E1595" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1595" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1596" spans="1:6" customFormat="false">
       <c r="A1596" s="0">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="B1596" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1596" s="1">
-        <v>44692.0</v>
+        <v>44926.0</v>
       </c>
       <c r="D1596" s="0" t="str">
-        <v>Toezegging n.a.v. Raadsvoorstel Beleidsplan en uitvoeringsregeling WMO 2022</v>
+        <v>Beleidsplan en uitvoeringsregeling WMO 2022</v>
       </c>
       <c r="E1596" s="0" t="str">
         <v>E. Daandels</v>
       </c>
       <c r="F1596" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1597" spans="1:6" customFormat="false">
       <c r="A1597" s="0">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="B1597" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1597" s="1">
-        <v>44876.0</v>
+        <v>44837.0</v>
       </c>
       <c r="D1597" s="0" t="str">
-        <v>Toezegging n.a.v. Raadsvoorstel Beleidsplan en uitvoeringsregeling WMO 2022</v>
+        <v>Wijzigingen begrotingen 2021 en 2022 GGD Hart van Brabant</v>
       </c>
       <c r="E1597" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1597" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1598" spans="1:6" customFormat="false">
       <c r="A1598" s="0">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="B1598" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1598" s="1" t="str">
-        <v/>
+      <c r="C1598" s="1">
+        <v>44596.0</v>
       </c>
       <c r="D1598" s="0" t="str">
-        <v>Toezegging Wijzigingen begrotingen 2021 en 2022 GGD Hart van Brabant</v>
+        <v>Realisering van flexwoningen (amendement)</v>
       </c>
       <c r="E1598" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1598" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1599" spans="1:6" customFormat="false">
       <c r="A1599" s="0">
-        <v>398</v>
+        <v>375</v>
       </c>
       <c r="B1599" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1599" s="1">
-        <v>45108.0</v>
+        <v>44899.0</v>
       </c>
       <c r="D1599" s="0" t="str">
-        <v>Quiet community</v>
+        <v>Ingetrokken motie stadsstrand bij Surfvijver</v>
       </c>
       <c r="E1599" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1599" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1600" spans="1:6" customFormat="false">
       <c r="A1600" s="0">
-        <v>465</v>
+        <v>376</v>
       </c>
       <c r="B1600" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1600" s="1">
-        <v>45657.0</v>
+        <v>44869.0</v>
       </c>
       <c r="D1600" s="0" t="str">
-        <v>Evenementenvisie Duurzaam, Dynamisch, Divers</v>
+        <v>Toezegging n.a.v. aangehouden motie Kansrijk Waalwijk</v>
       </c>
       <c r="E1600" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1600" s="0" t="str">
-        <v>BSD</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1601" spans="1:6" customFormat="false">
       <c r="A1601" s="0">
-        <v>471</v>
+        <v>377</v>
       </c>
       <c r="B1601" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1601" s="1">
-        <v>44636.0</v>
+        <v>44869.0</v>
       </c>
       <c r="D1601" s="0" t="str">
-        <v>Vragenronde over toestand wegdek Winterdijk</v>
+        <v>Toezegging n.a.v. ingetrokken motie overname schuldtoeslagenaffaire</v>
       </c>
       <c r="E1601" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1601" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1602" spans="1:6" customFormat="false">
       <c r="A1602" s="0">
-        <v>472</v>
+        <v>378</v>
       </c>
       <c r="B1602" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1602" s="1">
-        <v>44636.0</v>
+        <v>44645.0</v>
       </c>
       <c r="D1602" s="0" t="str">
-        <v>Tweede begrotingswijziging 2021 Veiligheidsregio</v>
+        <v>Toezegging n.a.v. ingetrokken amendement realisering van flexwoningen</v>
       </c>
       <c r="E1602" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1602" s="0" t="str">
-        <v>TLTH</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1603" spans="1:6" customFormat="false">
       <c r="A1603" s="0">
-        <v>473</v>
+        <v>379</v>
       </c>
       <c r="B1603" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1603" s="1">
-        <v>44636.0</v>
+        <v>44869.0</v>
       </c>
       <c r="D1603" s="0" t="str">
-        <v>Najaarsbericht 2021</v>
+        <v>Toezegging n.a.v. ingetrokken amendement realisering van flexwoningen</v>
       </c>
       <c r="E1603" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1603" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1604" spans="1:6" customFormat="false">
       <c r="A1604" s="0">
-        <v>474</v>
+        <v>380</v>
       </c>
       <c r="B1604" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1604" s="1">
-        <v>44713.0</v>
+        <v>44692.0</v>
       </c>
       <c r="D1604" s="0" t="str">
-        <v xml:space="preserve">Transitievisie warmte </v>
+        <v>Toezegging n.a.v. Raadsvoorstel Beleidsplan en uitvoeringsregeling WMO 2022</v>
       </c>
       <c r="E1604" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1604" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1605" spans="1:6" customFormat="false">
       <c r="A1605" s="0">
-        <v>475</v>
+        <v>381</v>
       </c>
       <c r="B1605" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1605" s="1">
-        <v>44649.0</v>
+        <v>44876.0</v>
       </c>
       <c r="D1605" s="0" t="str">
-        <v xml:space="preserve">Transitievisie warmte </v>
+        <v>Toezegging n.a.v. Raadsvoorstel Beleidsplan en uitvoeringsregeling WMO 2022</v>
       </c>
       <c r="E1605" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1605" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1606" spans="1:6" customFormat="false">
       <c r="A1606" s="0">
-        <v>476</v>
+        <v>382</v>
       </c>
       <c r="B1606" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
-      <c r="C1606" s="1">
-        <v>44927.0</v>
+      <c r="C1606" s="1" t="str">
+        <v/>
       </c>
       <c r="D1606" s="0" t="str">
-        <v xml:space="preserve">Transitievisie warmte </v>
+        <v>Toezegging Wijzigingen begrotingen 2021 en 2022 GGD Hart van Brabant</v>
       </c>
       <c r="E1606" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1606" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1607" spans="1:6" customFormat="false">
       <c r="A1607" s="0">
-        <v>477</v>
+        <v>398</v>
       </c>
       <c r="B1607" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1607" s="1">
-        <v>44927.0</v>
+        <v>45108.0</v>
       </c>
       <c r="D1607" s="0" t="str">
-        <v xml:space="preserve">Transitievisie warmte </v>
+        <v>Quiet community</v>
       </c>
       <c r="E1607" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1607" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1608" spans="1:6" customFormat="false">
       <c r="A1608" s="0">
-        <v>478</v>
+        <v>465</v>
       </c>
       <c r="B1608" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1608" s="1">
-        <v>44926.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1608" s="0" t="str">
-        <v>Beleidsnotitie arbeidsmigranten</v>
+        <v>Evenementenvisie Duurzaam, Dynamisch, Divers</v>
       </c>
       <c r="E1608" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1608" s="0" t="str">
-        <v>TMAO</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1609" spans="1:6" customFormat="false">
       <c r="A1609" s="0">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="B1609" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1609" s="1">
-        <v>44925.0</v>
+        <v>44636.0</v>
       </c>
       <c r="D1609" s="0" t="str">
-        <v>Beleidsnotitie arbeidsmigranten</v>
+        <v>Vragenronde over toestand wegdek Winterdijk</v>
       </c>
       <c r="E1609" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1609" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1610" spans="1:6" customFormat="false">
       <c r="A1610" s="0">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="B1610" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1610" s="1">
-        <v>44743.0</v>
+        <v>44636.0</v>
       </c>
       <c r="D1610" s="0" t="str">
-        <v>Herziening huisvestingsverordening</v>
+        <v>Tweede begrotingswijziging 2021 Veiligheidsregio</v>
       </c>
       <c r="E1610" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1610" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1611" spans="1:6" customFormat="false">
       <c r="A1611" s="0">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="B1611" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1611" s="1">
-        <v>44925.0</v>
+        <v>44636.0</v>
       </c>
       <c r="D1611" s="0" t="str">
-        <v>Herziening huisvestingsverordening</v>
+        <v>Najaarsbericht 2021</v>
       </c>
       <c r="E1611" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1611" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1612" spans="1:6" customFormat="false">
       <c r="A1612" s="0">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="B1612" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1612" s="1">
-        <v>44926.0</v>
+        <v>44713.0</v>
       </c>
       <c r="D1612" s="0" t="str">
-        <v>Verordening voorzieningen huisvesting onderwijs 2022</v>
+        <v xml:space="preserve">Transitievisie warmte </v>
       </c>
       <c r="E1612" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1612" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1613" spans="1:6" customFormat="false">
       <c r="A1613" s="0">
-        <v>504</v>
+        <v>475</v>
       </c>
       <c r="B1613" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1613" s="1">
-        <v>44895.0</v>
+        <v>44649.0</v>
       </c>
       <c r="D1613" s="0" t="str">
-        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
+        <v xml:space="preserve">Transitievisie warmte </v>
       </c>
       <c r="E1613" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1613" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1614" spans="1:6" customFormat="false">
       <c r="A1614" s="0">
-        <v>505</v>
+        <v>476</v>
       </c>
       <c r="B1614" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1614" s="1">
-        <v>44684.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1614" s="0" t="str">
-        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
+        <v xml:space="preserve">Transitievisie warmte </v>
       </c>
       <c r="E1614" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1614" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1615" spans="1:6" customFormat="false">
       <c r="A1615" s="0">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="B1615" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1615" s="1">
-        <v>44960.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1615" s="0" t="str">
-        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
+        <v xml:space="preserve">Transitievisie warmte </v>
       </c>
       <c r="E1615" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1615" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1616" spans="1:6" customFormat="false">
       <c r="A1616" s="0">
-        <v>507</v>
+        <v>478</v>
       </c>
       <c r="B1616" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1616" s="1">
-        <v>44927.0</v>
+        <v>44926.0</v>
       </c>
       <c r="D1616" s="0" t="str">
-        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
+        <v>Beleidsnotitie arbeidsmigranten</v>
       </c>
       <c r="E1616" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1616" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1617" spans="1:6" customFormat="false">
       <c r="A1617" s="0">
-        <v>508</v>
+        <v>479</v>
       </c>
       <c r="B1617" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1617" s="1">
-        <v>44684.0</v>
+        <v>44925.0</v>
       </c>
       <c r="D1617" s="0" t="str">
-        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
+        <v>Beleidsnotitie arbeidsmigranten</v>
       </c>
       <c r="E1617" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1617" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1618" spans="1:6" customFormat="false">
       <c r="A1618" s="0">
-        <v>509</v>
+        <v>480</v>
       </c>
       <c r="B1618" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1618" s="1">
-        <v>44684.0</v>
+        <v>44743.0</v>
       </c>
       <c r="D1618" s="0" t="str">
-        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
+        <v>Herziening huisvestingsverordening</v>
       </c>
       <c r="E1618" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1618" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1619" spans="1:6" customFormat="false">
       <c r="A1619" s="0">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="B1619" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1619" s="1">
-        <v>45047.0</v>
+        <v>44925.0</v>
       </c>
       <c r="D1619" s="0" t="str">
-        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
+        <v>Herziening huisvestingsverordening</v>
       </c>
       <c r="E1619" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1619" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1620" spans="1:6" customFormat="false">
       <c r="A1620" s="0">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="B1620" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1620" s="1">
-        <v>45707.0</v>
+        <v>44926.0</v>
       </c>
       <c r="D1620" s="0" t="str">
-        <v>Motie vreemd aan de orde LP over kunstcommissie</v>
+        <v>Verordening voorzieningen huisvesting onderwijs 2022</v>
       </c>
       <c r="E1620" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1620" s="0" t="str">
-        <v>BSD</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1621" spans="1:6" customFormat="false">
       <c r="A1621" s="0">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="B1621" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1621" s="1">
-        <v>45291.0</v>
+        <v>44895.0</v>
       </c>
       <c r="D1621" s="0" t="str">
-        <v>Verduurzaming De Gaard</v>
+        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
       </c>
       <c r="E1621" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1621" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1622" spans="1:6" customFormat="false">
       <c r="A1622" s="0">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B1622" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1622" s="1">
-        <v>45650.0</v>
+        <v>44684.0</v>
       </c>
       <c r="D1622" s="0" t="str">
-        <v>Evenementenvisie</v>
+        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
       </c>
       <c r="E1622" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1622" s="0" t="str">
-        <v>BSD</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1623" spans="1:6" customFormat="false">
       <c r="A1623" s="0">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="B1623" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1623" s="1">
-        <v>44651.0</v>
+        <v>44960.0</v>
       </c>
       <c r="D1623" s="0" t="str">
-        <v>Adviesrecht Omgevingswet</v>
+        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
       </c>
       <c r="E1623" s="0" t="str">
-        <v>E. Daandels</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1623" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1624" spans="1:6" customFormat="false">
       <c r="A1624" s="0">
-        <v>516</v>
+        <v>507</v>
       </c>
       <c r="B1624" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1624" s="1">
-        <v>44705.0</v>
+        <v>44927.0</v>
       </c>
       <c r="D1624" s="0" t="str">
-        <v>Kadernota GGD</v>
+        <v>Regiovisie Beschermd Wonen regio Hart van Brabant</v>
       </c>
       <c r="E1624" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1624" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1625" spans="1:6" customFormat="false">
       <c r="A1625" s="0">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="B1625" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1625" s="1">
-        <v>44797.0</v>
+        <v>44684.0</v>
       </c>
       <c r="D1625" s="0" t="str">
-        <v xml:space="preserve"> Motie vreemd aan de orde telmethode verkeersongevallen</v>
+        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
       </c>
       <c r="E1625" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1625" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1626" spans="1:6" customFormat="false">
       <c r="A1626" s="0">
-        <v>602</v>
+        <v>509</v>
       </c>
       <c r="B1626" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1626" s="1">
-        <v>44844.0</v>
+        <v>44684.0</v>
       </c>
       <c r="D1626" s="0" t="str">
-        <v>Waalwijk stadscentrum – Stedenbouwkundig Masterplan</v>
+        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
       </c>
       <c r="E1626" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1626" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1627" spans="1:6" customFormat="false">
       <c r="A1627" s="0">
-        <v>603</v>
+        <v>510</v>
       </c>
       <c r="B1627" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1627" s="1">
-        <v>44841.0</v>
+        <v>45047.0</v>
       </c>
       <c r="D1627" s="0" t="str">
-        <v>Integraal Uitvoeringsprogramma 2023-2026</v>
+        <v xml:space="preserve">Beleidsplan Schuldhulpverlening Gemeente Waalwijk 2021-2024  ‘Belofte maakt schuld’ </v>
       </c>
       <c r="E1627" s="0" t="str">
-        <v>J. van den Hoven</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1627" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1628" spans="1:6" customFormat="false">
       <c r="A1628" s="0">
-        <v>604</v>
+        <v>511</v>
       </c>
       <c r="B1628" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1628" s="1">
-        <v>44804.0</v>
+        <v>45707.0</v>
       </c>
       <c r="D1628" s="0" t="str">
-        <v>Nota grondexploitatie 2022</v>
+        <v>Motie vreemd aan de orde LP over kunstcommissie</v>
       </c>
       <c r="E1628" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1628" s="0" t="str">
-        <v>TREW</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1629" spans="1:6" customFormat="false">
       <c r="A1629" s="0">
-        <v>605</v>
+        <v>512</v>
       </c>
       <c r="B1629" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1629" s="1">
-        <v>45013.0</v>
+        <v>45291.0</v>
       </c>
       <c r="D1629" s="0" t="str">
-        <v>Motie vreemd aan de orde Wijzigen spelregels woonruimteverdeelsysteem voor woningzoekenden</v>
+        <v>Verduurzaming De Gaard</v>
       </c>
       <c r="E1629" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1629" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1630" spans="1:6" customFormat="false">
       <c r="A1630" s="0">
-        <v>606</v>
+        <v>513</v>
       </c>
       <c r="B1630" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1630" s="1">
-        <v>44841.0</v>
+        <v>45650.0</v>
       </c>
       <c r="D1630" s="0" t="str">
-        <v>Motie vreemd aan de orde Termijn verlenging aanvraag energietoeslag</v>
+        <v>Evenementenvisie</v>
       </c>
       <c r="E1630" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1630" s="0" t="str">
-        <v>TMAO</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1631" spans="1:6" customFormat="false">
       <c r="A1631" s="0">
-        <v>645</v>
+        <v>515</v>
       </c>
       <c r="B1631" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1631" s="1">
-        <v>44848.0</v>
+        <v>44651.0</v>
       </c>
       <c r="D1631" s="0" t="str">
-        <v>aanvullende voorstellen qua middelen bij grotere financiële begrotingen</v>
+        <v>Adviesrecht Omgevingswet</v>
       </c>
       <c r="E1631" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>E. Daandels</v>
       </c>
       <c r="F1631" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1632" spans="1:6" customFormat="false">
       <c r="A1632" s="0">
-        <v>646</v>
+        <v>516</v>
       </c>
       <c r="B1632" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1632" s="1">
-        <v>44848.0</v>
+        <v>44705.0</v>
       </c>
       <c r="D1632" s="0" t="str">
-        <v>zwemmen basisschoolkinderen</v>
+        <v>Kadernota GGD</v>
       </c>
       <c r="E1632" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1632" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1633" spans="1:6" customFormat="false">
       <c r="A1633" s="0">
-        <v>647</v>
+        <v>517</v>
       </c>
       <c r="B1633" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1633" s="1">
-        <v>44909.0</v>
+        <v>44797.0</v>
       </c>
       <c r="D1633" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v xml:space="preserve"> Motie vreemd aan de orde telmethode verkeersongevallen</v>
       </c>
       <c r="E1633" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1633" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1634" spans="1:6" customFormat="false">
       <c r="A1634" s="0">
-        <v>648</v>
+        <v>602</v>
       </c>
       <c r="B1634" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1634" s="1">
-        <v>44909.0</v>
+        <v>44844.0</v>
       </c>
       <c r="D1634" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v>Waalwijk stadscentrum – Stedenbouwkundig Masterplan</v>
       </c>
       <c r="E1634" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1634" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1635" spans="1:6" customFormat="false">
       <c r="A1635" s="0">
-        <v>649</v>
+        <v>603</v>
       </c>
       <c r="B1635" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1635" s="1">
-        <v>45108.0</v>
+        <v>44841.0</v>
       </c>
       <c r="D1635" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v>Integraal Uitvoeringsprogramma 2023-2026</v>
       </c>
       <c r="E1635" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>J. van den Hoven</v>
       </c>
       <c r="F1635" s="0" t="str">
-        <v>TMAO</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1636" spans="1:6" customFormat="false">
       <c r="A1636" s="0">
-        <v>650</v>
+        <v>604</v>
       </c>
       <c r="B1636" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1636" s="1">
-        <v>45121.0</v>
+        <v>44804.0</v>
       </c>
       <c r="D1636" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v>Nota grondexploitatie 2022</v>
       </c>
       <c r="E1636" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1636" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1637" spans="1:6" customFormat="false">
       <c r="A1637" s="0">
-        <v>651</v>
+        <v>605</v>
       </c>
       <c r="B1637" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1637" s="1">
-        <v>46022.0</v>
+        <v>45013.0</v>
       </c>
       <c r="D1637" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022: uitbreidingslocaties SC en Waspik</v>
+        <v>Motie vreemd aan de orde Wijzigen spelregels woonruimteverdeelsysteem voor woningzoekenden</v>
       </c>
       <c r="E1637" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1637" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1638" spans="1:6" customFormat="false">
       <c r="A1638" s="0">
-        <v>652</v>
+        <v>606</v>
       </c>
       <c r="B1638" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1638" s="1">
-        <v>44909.0</v>
+        <v>44841.0</v>
       </c>
       <c r="D1638" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v>Motie vreemd aan de orde Termijn verlenging aanvraag energietoeslag</v>
       </c>
       <c r="E1638" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1638" s="0" t="str">
-        <v>TOOR</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1639" spans="1:6" customFormat="false">
       <c r="A1639" s="0">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="B1639" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1639" s="1">
-        <v>45110.0</v>
+        <v>44848.0</v>
       </c>
       <c r="D1639" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022</v>
+        <v>aanvullende voorstellen qua middelen bij grotere financiële begrotingen</v>
       </c>
       <c r="E1639" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1639" s="0" t="str">
-        <v>TREW</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1640" spans="1:6" customFormat="false">
       <c r="A1640" s="0">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="B1640" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1640" s="1">
-        <v>46022.0</v>
+        <v>44848.0</v>
       </c>
       <c r="D1640" s="0" t="str">
-        <v>Kaderstellend debat 14 juli 2022: hoogbouwvisie</v>
+        <v>zwemmen basisschoolkinderen</v>
       </c>
       <c r="E1640" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1640" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1641" spans="1:6" customFormat="false">
       <c r="A1641" s="0">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="B1641" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1641" s="1">
-        <v>45170.0</v>
+        <v>44909.0</v>
       </c>
       <c r="D1641" s="0" t="str">
         <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1641" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1641" s="0" t="str">
-        <v>TVVB</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1642" spans="1:6" customFormat="false">
       <c r="A1642" s="0">
-        <v>675</v>
+        <v>648</v>
       </c>
       <c r="B1642" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1642" s="1">
-        <v>44910.0</v>
+        <v>44909.0</v>
       </c>
       <c r="D1642" s="0" t="str">
-        <v>Toegankelijkheid accommodaties</v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1642" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1642" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1643" spans="1:6" customFormat="false">
       <c r="A1643" s="0">
-        <v>678</v>
+        <v>649</v>
       </c>
       <c r="B1643" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1643" s="1">
-        <v>45047.0</v>
+        <v>45108.0</v>
       </c>
       <c r="D1643" s="0" t="str">
-        <v>Raadsvoorstel Toegankelijkheid accommodaties</v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1643" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1643" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1644" spans="1:6" customFormat="false">
       <c r="A1644" s="0">
-        <v>680</v>
+        <v>650</v>
       </c>
       <c r="B1644" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1644" s="1">
-        <v>44924.0</v>
+        <v>45121.0</v>
       </c>
       <c r="D1644" s="0" t="str">
-        <v>Actieplan energiearmoede gemeente Waalwijk 2022-2023</v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1644" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1644" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1645" spans="1:6" customFormat="false">
       <c r="A1645" s="0">
-        <v>681</v>
+        <v>651</v>
       </c>
       <c r="B1645" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1645" s="1">
-        <v>45289.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1645" s="0" t="str">
-        <v>Eerste Berap 2022 en indienen zienswijze 3e begrotingswijziging 2022 Baanbrekers</v>
+        <v>Kaderstellend debat 14 juli 2022: uitbreidingslocaties SC en Waspik</v>
       </c>
       <c r="E1645" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1645" s="0" t="str">
-        <v>GRFF</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1646" spans="1:6" customFormat="false">
       <c r="A1646" s="0">
-        <v>694</v>
+        <v>652</v>
       </c>
       <c r="B1646" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1646" s="1">
-        <v>44946.0</v>
+        <v>44909.0</v>
       </c>
       <c r="D1646" s="0" t="str">
-        <v xml:space="preserve">Vragenronde </v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1646" s="0" t="str">
-        <v>R. Bakker</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1646" s="0" t="str">
         <v>TOOR</v>
       </c>
     </row>
     <row r="1647" spans="1:6" customFormat="false">
       <c r="A1647" s="0">
-        <v>695</v>
+        <v>653</v>
       </c>
       <c r="B1647" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1647" s="1">
-        <v>45019.0</v>
+        <v>45110.0</v>
       </c>
       <c r="D1647" s="0" t="str">
-        <v>Verkeersmaatregelen omgeving Hooipolder: beschikbaar stellen voorbereidingskrediet t.b.v. aanpak onderliggend wegennet knooppunt Hooipolder</v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1647" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1647" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1648" spans="1:6" customFormat="false">
       <c r="A1648" s="0">
-        <v>696</v>
+        <v>654</v>
       </c>
       <c r="B1648" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1648" s="1">
-        <v>44946.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1648" s="0" t="str">
-        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
+        <v>Kaderstellend debat 14 juli 2022: hoogbouwvisie</v>
       </c>
       <c r="E1648" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1648" s="0" t="str">
-        <v>TORV</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1649" spans="1:6" customFormat="false">
       <c r="A1649" s="0">
-        <v>697</v>
+        <v>655</v>
       </c>
       <c r="B1649" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1649" s="1">
-        <v>44946.0</v>
+        <v>45170.0</v>
       </c>
       <c r="D1649" s="0" t="str">
-        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
+        <v>Kaderstellend debat 14 juli 2022</v>
       </c>
       <c r="E1649" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1649" s="0" t="str">
-        <v>TORV</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1650" spans="1:6" customFormat="false">
       <c r="A1650" s="0">
-        <v>698</v>
+        <v>675</v>
       </c>
       <c r="B1650" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1650" s="1">
-        <v>44946.0</v>
+        <v>44910.0</v>
       </c>
       <c r="D1650" s="0" t="str">
-        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
+        <v>Toegankelijkheid accommodaties</v>
       </c>
       <c r="E1650" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1650" s="0" t="str">
-        <v>TORV</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1651" spans="1:6" customFormat="false">
       <c r="A1651" s="0">
-        <v>699</v>
+        <v>678</v>
       </c>
       <c r="B1651" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1651" s="1">
-        <v>45839.0</v>
+        <v>45047.0</v>
       </c>
       <c r="D1651" s="0" t="str">
-        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
+        <v>Raadsvoorstel Toegankelijkheid accommodaties</v>
       </c>
       <c r="E1651" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1651" s="0" t="str">
-        <v>RBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1652" spans="1:6" customFormat="false">
       <c r="A1652" s="0">
-        <v>700</v>
+        <v>680</v>
       </c>
       <c r="B1652" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1652" s="1">
-        <v>44591.0</v>
+        <v>44924.0</v>
       </c>
       <c r="D1652" s="0" t="str">
-        <v xml:space="preserve">Bezwaarschrift ontheffing ingezetenschap wethouder </v>
+        <v>Actieplan energiearmoede gemeente Waalwijk 2022-2023</v>
       </c>
       <c r="E1652" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1652" s="0" t="str">
-        <v>DIRC</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1653" spans="1:6" customFormat="false">
       <c r="A1653" s="0">
-        <v>703</v>
+        <v>681</v>
       </c>
       <c r="B1653" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1653" s="1">
-        <v>44946.0</v>
+        <v>45289.0</v>
       </c>
       <c r="D1653" s="0" t="str">
-        <v>informatieavond 20 oktober over de kernagenda</v>
+        <v>Eerste Berap 2022 en indienen zienswijze 3e begrotingswijziging 2022 Baanbrekers</v>
       </c>
       <c r="E1653" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1653" s="0" t="str">
-        <v>DIRC</v>
+        <v>GRFF</v>
       </c>
     </row>
     <row r="1654" spans="1:6" customFormat="false">
       <c r="A1654" s="0">
-        <v>718</v>
+        <v>694</v>
       </c>
       <c r="B1654" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1654" s="1">
-        <v>44960.0</v>
+        <v>44946.0</v>
       </c>
       <c r="D1654" s="0" t="str">
-        <v>Vragenronde  Advies cie. Bezwaarschriften over fietsen de Markt (vragen ChristenUnie)</v>
+        <v xml:space="preserve">Vragenronde </v>
       </c>
       <c r="E1654" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>R. Bakker</v>
       </c>
       <c r="F1654" s="0" t="str">
         <v>TOOR</v>
       </c>
     </row>
     <row r="1655" spans="1:6" customFormat="false">
       <c r="A1655" s="0">
-        <v>719</v>
+        <v>695</v>
       </c>
       <c r="B1655" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1655" s="1">
-        <v>44879.0</v>
+        <v>45019.0</v>
       </c>
       <c r="D1655" s="0" t="str">
-        <v>Vragenronde Gevolgen uitspraak Raad van State over bouwstelling lopende projecten (vragen Samen Waalwijk)</v>
+        <v>Verkeersmaatregelen omgeving Hooipolder: beschikbaar stellen voorbereidingskrediet t.b.v. aanpak onderliggend wegennet knooppunt Hooipolder</v>
       </c>
       <c r="E1655" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1655" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1656" spans="1:6" customFormat="false">
       <c r="A1656" s="0">
-        <v>720</v>
+        <v>696</v>
       </c>
       <c r="B1656" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1656" s="1">
-        <v>45839.0</v>
+        <v>44946.0</v>
       </c>
       <c r="D1656" s="0" t="str">
-        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
+        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
       </c>
       <c r="E1656" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1656" s="0" t="str">
-        <v>RBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1657" spans="1:6" customFormat="false">
       <c r="A1657" s="0">
-        <v>721</v>
+        <v>697</v>
       </c>
       <c r="B1657" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1657" s="1">
-        <v>45209.0</v>
+        <v>44946.0</v>
       </c>
       <c r="D1657" s="0" t="str">
-        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
+        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
       </c>
       <c r="E1657" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1657" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1658" spans="1:6" customFormat="false">
       <c r="A1658" s="0">
-        <v>722</v>
+        <v>698</v>
       </c>
       <c r="B1658" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1658" s="1">
-        <v>45413.0</v>
+        <v>44946.0</v>
       </c>
       <c r="D1658" s="0" t="str">
-        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
+        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
       </c>
       <c r="E1658" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1658" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1659" spans="1:6" customFormat="false">
       <c r="A1659" s="0">
-        <v>723</v>
+        <v>699</v>
       </c>
       <c r="B1659" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1659" s="1">
-        <v>45110.0</v>
+        <v>45839.0</v>
       </c>
       <c r="D1659" s="0" t="str">
-        <v>Raadsvoorstel Koersbepaling Sociaal Domein</v>
+        <v>Afvalproeven Grondstoffenbeleidsplan fase II</v>
       </c>
       <c r="E1659" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1659" s="0" t="str">
-        <v>TMAO</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1660" spans="1:6" customFormat="false">
       <c r="A1660" s="0">
-        <v>724</v>
+        <v>700</v>
       </c>
       <c r="B1660" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1660" s="1">
-        <v>45325.0</v>
+        <v>44591.0</v>
       </c>
       <c r="D1660" s="0" t="str">
-        <v>Raadsvoorstel Koersbepaling Sociaal Domein</v>
+        <v xml:space="preserve">Bezwaarschrift ontheffing ingezetenschap wethouder </v>
       </c>
       <c r="E1660" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1660" s="0" t="str">
-        <v>TMAO</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1661" spans="1:6" customFormat="false">
       <c r="A1661" s="0">
-        <v>733</v>
+        <v>703</v>
       </c>
       <c r="B1661" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1661" s="1">
-        <v>44916.0</v>
+        <v>44946.0</v>
       </c>
       <c r="D1661" s="0" t="str">
-        <v>Waterberging</v>
+        <v>informatieavond 20 oktober over de kernagenda</v>
       </c>
       <c r="E1661" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1661" s="0" t="str">
-        <v>TORV</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1662" spans="1:6" customFormat="false">
       <c r="A1662" s="0">
-        <v>853</v>
+        <v>718</v>
       </c>
       <c r="B1662" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1662" s="1">
-        <v>45140.0</v>
+        <v>44960.0</v>
       </c>
       <c r="D1662" s="0" t="str">
-        <v>Keuze inzet Ombudscommissie Waalwijk en Nationale ombudsman</v>
+        <v>Vragenronde  Advies cie. Bezwaarschriften over fietsen de Markt (vragen ChristenUnie)</v>
       </c>
       <c r="E1662" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1662" s="0" t="str">
-        <v>GRFF</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1663" spans="1:6" customFormat="false">
       <c r="A1663" s="0">
-        <v>854</v>
+        <v>719</v>
       </c>
       <c r="B1663" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1663" s="1">
-        <v>45324.0</v>
+        <v>44879.0</v>
       </c>
       <c r="D1663" s="0" t="str">
-        <v>Integraal Veiligheidsbeleid</v>
+        <v>Vragenronde Gevolgen uitspraak Raad van State over bouwstelling lopende projecten (vragen Samen Waalwijk)</v>
       </c>
       <c r="E1663" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1663" s="0" t="str">
-        <v>TLTH</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1664" spans="1:6" customFormat="false">
       <c r="A1664" s="0">
-        <v>855</v>
+        <v>720</v>
       </c>
       <c r="B1664" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1664" s="1">
-        <v>45048.0</v>
+        <v>45839.0</v>
       </c>
       <c r="D1664" s="0" t="str">
-        <v>Integraal Veiligheidsbeleid</v>
+        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
       </c>
       <c r="E1664" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1664" s="0" t="str">
-        <v>TLTH</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1665" spans="1:6" customFormat="false">
       <c r="A1665" s="0">
-        <v>856</v>
+        <v>721</v>
       </c>
       <c r="B1665" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1665" s="1">
-        <v>45092.0</v>
+        <v>45209.0</v>
       </c>
       <c r="D1665" s="0" t="str">
-        <v>(Gewijzigde) vaststelling bestemmingsplan ‘Waalwijk, Sint-Clemenskerk’</v>
+        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
       </c>
       <c r="E1665" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1665" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1666" spans="1:6" customFormat="false">
       <c r="A1666" s="0">
-        <v>857</v>
+        <v>722</v>
       </c>
       <c r="B1666" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1666" s="1">
-        <v>45291.0</v>
+        <v>45413.0</v>
       </c>
       <c r="D1666" s="0" t="str">
-        <v>Algemene Plaatselijke Verordening 2022</v>
+        <v>Raadsvoorstel Lokale Inclusie Agenda</v>
       </c>
       <c r="E1666" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1666" s="0" t="str">
-        <v>TLTH</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1667" spans="1:6" customFormat="false">
       <c r="A1667" s="0">
-        <v>858</v>
+        <v>723</v>
       </c>
       <c r="B1667" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1667" s="1">
-        <v>45000.0</v>
+        <v>45110.0</v>
       </c>
       <c r="D1667" s="0" t="str">
-        <v>Algemene Plaatselijke Verordening 2022</v>
+        <v>Raadsvoorstel Koersbepaling Sociaal Domein</v>
       </c>
       <c r="E1667" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1667" s="0" t="str">
-        <v>TLTH</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1668" spans="1:6" customFormat="false">
       <c r="A1668" s="0">
-        <v>859</v>
+        <v>724</v>
       </c>
       <c r="B1668" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1668" s="1">
-        <v>45167.0</v>
+        <v>45325.0</v>
       </c>
       <c r="D1668" s="0" t="str">
-        <v>Najaarsbericht 2022</v>
+        <v>Raadsvoorstel Koersbepaling Sociaal Domein</v>
       </c>
       <c r="E1668" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1668" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1669" spans="1:6" customFormat="false">
       <c r="A1669" s="0">
-        <v>860</v>
+        <v>733</v>
       </c>
       <c r="B1669" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1669" s="1">
-        <v>45657.0</v>
+        <v>44916.0</v>
       </c>
       <c r="D1669" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Waterberging</v>
       </c>
       <c r="E1669" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1669" s="0" t="str">
-        <v>BSD</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1670" spans="1:6" customFormat="false">
       <c r="A1670" s="0">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="B1670" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1670" s="1">
-        <v>45087.0</v>
+        <v>45140.0</v>
       </c>
       <c r="D1670" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Keuze inzet Ombudscommissie Waalwijk en Nationale ombudsman</v>
       </c>
       <c r="E1670" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1670" s="0" t="str">
-        <v>TVVB</v>
+        <v>GRFF</v>
       </c>
     </row>
     <row r="1671" spans="1:6" customFormat="false">
       <c r="A1671" s="0">
-        <v>862</v>
+        <v>854</v>
       </c>
       <c r="B1671" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1671" s="1">
-        <v>44995.0</v>
+        <v>45324.0</v>
       </c>
       <c r="D1671" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Integraal Veiligheidsbeleid</v>
       </c>
       <c r="E1671" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1671" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1672" spans="1:6" customFormat="false">
       <c r="A1672" s="0">
-        <v>863</v>
+        <v>855</v>
       </c>
       <c r="B1672" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1672" s="1">
-        <v>45240.0</v>
+        <v>45048.0</v>
       </c>
       <c r="D1672" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Integraal Veiligheidsbeleid</v>
       </c>
       <c r="E1672" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1672" s="0" t="str">
-        <v>TMAO</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1673" spans="1:6" customFormat="false">
       <c r="A1673" s="0">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="B1673" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1673" s="1">
-        <v>45627.0</v>
+        <v>45092.0</v>
       </c>
       <c r="D1673" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>(Gewijzigde) vaststelling bestemmingsplan ‘Waalwijk, Sint-Clemenskerk’</v>
       </c>
       <c r="E1673" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1673" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1674" spans="1:6" customFormat="false">
       <c r="A1674" s="0">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="B1674" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1674" s="1">
-        <v>45657.0</v>
+        <v>45291.0</v>
       </c>
       <c r="D1674" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Algemene Plaatselijke Verordening 2022</v>
       </c>
       <c r="E1674" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1674" s="0" t="str">
-        <v>BSD</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1675" spans="1:6" customFormat="false">
       <c r="A1675" s="0">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="B1675" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1675" s="1">
-        <v>44978.0</v>
+        <v>45000.0</v>
       </c>
       <c r="D1675" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Algemene Plaatselijke Verordening 2022</v>
       </c>
       <c r="E1675" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1675" s="0" t="str">
-        <v>TREW</v>
+        <v>TLTH</v>
       </c>
     </row>
     <row r="1676" spans="1:6" customFormat="false">
       <c r="A1676" s="0">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="B1676" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1676" s="1">
-        <v>45657.0</v>
+        <v>45167.0</v>
       </c>
       <c r="D1676" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
+        <v>Najaarsbericht 2022</v>
       </c>
       <c r="E1676" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1676" s="0" t="str">
-        <v>BSD</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1677" spans="1:6" customFormat="false">
       <c r="A1677" s="0">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="B1677" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1677" s="1">
-        <v>45055.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1677" s="0" t="str">
         <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1677" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1677" s="0" t="str">
-        <v>TMAO</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1678" spans="1:6" customFormat="false">
       <c r="A1678" s="0">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="B1678" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1678" s="1">
-        <v>45117.0</v>
+        <v>45087.0</v>
       </c>
       <c r="D1678" s="0" t="str">
         <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1678" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1678" s="0" t="str">
-        <v>TFIN</v>
+        <v>TVVB</v>
       </c>
     </row>
     <row r="1679" spans="1:6" customFormat="false">
       <c r="A1679" s="0">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="B1679" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1679" s="1">
-        <v>45117.0</v>
+        <v>44995.0</v>
       </c>
       <c r="D1679" s="0" t="str">
         <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1679" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1679" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1680" spans="1:6" customFormat="false">
       <c r="A1680" s="0">
-        <v>899</v>
+        <v>863</v>
       </c>
       <c r="B1680" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1680" s="1">
-        <v>45086.0</v>
+        <v>45240.0</v>
       </c>
       <c r="D1680" s="0" t="str">
-        <v>Vaststellen mobiliteitsplan</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1680" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1680" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1681" spans="1:6" customFormat="false">
       <c r="A1681" s="0">
-        <v>918</v>
+        <v>864</v>
       </c>
       <c r="B1681" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1681" s="1">
-        <v>45063.0</v>
+        <v>45627.0</v>
       </c>
       <c r="D1681" s="0" t="str">
-        <v>Actualisatie begroting Baanbrekers</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1681" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1681" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1682" spans="1:6" customFormat="false">
       <c r="A1682" s="0">
-        <v>919</v>
+        <v>865</v>
       </c>
       <c r="B1682" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1682" s="1">
-        <v>45057.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1682" s="0" t="str">
-        <v>Het intrekken van het beleid bescherming persoonsgegevens gemeente Waalwijk 2018-2021</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1682" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1682" s="0" t="str">
-        <v>CSTR</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1683" spans="1:6" customFormat="false">
       <c r="A1683" s="0">
-        <v>984</v>
+        <v>866</v>
       </c>
       <c r="B1683" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1683" s="1">
-        <v>45191.0</v>
+        <v>44978.0</v>
       </c>
       <c r="D1683" s="0" t="str">
-        <v>Omgevingsvergunning herontwikkeling Slachthuisterrein</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1683" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1683" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1684" spans="1:6" customFormat="false">
       <c r="A1684" s="0">
-        <v>985</v>
+        <v>867</v>
       </c>
       <c r="B1684" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1684" s="1">
-        <v>46022.0</v>
+        <v>45657.0</v>
       </c>
       <c r="D1684" s="0" t="str">
-        <v>Omgevingsvergunning herontwikkeling Slachthuisterrein</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1684" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1684" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1685" spans="1:6" customFormat="false">
       <c r="A1685" s="0">
-        <v>986</v>
+        <v>868</v>
       </c>
       <c r="B1685" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1685" s="1">
-        <v>45191.0</v>
+        <v>45055.0</v>
       </c>
       <c r="D1685" s="0" t="str">
-        <v>Voorjaarsbericht 2023</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1685" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1685" s="0" t="str">
-        <v>TFIN</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1686" spans="1:6" customFormat="false">
       <c r="A1686" s="0">
-        <v>1028</v>
+        <v>869</v>
       </c>
       <c r="B1686" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1686" s="1">
-        <v>45597.0</v>
+        <v>45117.0</v>
       </c>
       <c r="D1686" s="0" t="str">
-        <v>Indonesische verpleegkundigen</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1686" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1686" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1687" spans="1:6" customFormat="false">
       <c r="A1687" s="0">
-        <v>1029</v>
+        <v>870</v>
       </c>
       <c r="B1687" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1687" s="1">
-        <v>45247.0</v>
+        <v>45117.0</v>
       </c>
       <c r="D1687" s="0" t="str">
-        <v>CO-med</v>
+        <v xml:space="preserve">Programmabegroting 2023 en actualisering begroting 2023 </v>
       </c>
       <c r="E1687" s="0" t="str">
         <v>D. Odabasi</v>
       </c>
       <c r="F1687" s="0" t="str">
         <v>TMAO</v>
       </c>
     </row>
     <row r="1688" spans="1:6" customFormat="false">
       <c r="A1688" s="0">
-        <v>1032</v>
+        <v>899</v>
       </c>
       <c r="B1688" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1688" s="1">
-        <v>45572.0</v>
+        <v>45086.0</v>
       </c>
       <c r="D1688" s="0" t="str">
-        <v>Gewijzigde) vaststelling bestemmingsplan Julianalaan te Sprang-Capelle</v>
+        <v>Vaststellen mobiliteitsplan</v>
       </c>
       <c r="E1688" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1688" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1689" spans="1:6" customFormat="false">
       <c r="A1689" s="0">
-        <v>1066</v>
+        <v>918</v>
       </c>
       <c r="B1689" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1689" s="1">
-        <v>46022.0</v>
+        <v>45063.0</v>
       </c>
       <c r="D1689" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
+        <v>Actualisatie begroting Baanbrekers</v>
       </c>
       <c r="E1689" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1689" s="0" t="str">
-        <v>TPNP</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1690" spans="1:6" customFormat="false">
       <c r="A1690" s="0">
-        <v>1067</v>
+        <v>919</v>
       </c>
       <c r="B1690" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1690" s="1">
-        <v>45358.0</v>
+        <v>45057.0</v>
       </c>
       <c r="D1690" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
+        <v>Het intrekken van het beleid bescherming persoonsgegevens gemeente Waalwijk 2018-2021</v>
       </c>
       <c r="E1690" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1690" s="0" t="str">
-        <v>TREW</v>
+        <v>CSTR</v>
       </c>
     </row>
     <row r="1691" spans="1:6" customFormat="false">
       <c r="A1691" s="0">
-        <v>1068</v>
+        <v>984</v>
       </c>
       <c r="B1691" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1691" s="1">
-        <v>45292.0</v>
+        <v>45191.0</v>
       </c>
       <c r="D1691" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
+        <v>Omgevingsvergunning herontwikkeling Slachthuisterrein</v>
       </c>
       <c r="E1691" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1691" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1692" spans="1:6" customFormat="false">
       <c r="A1692" s="0">
-        <v>1069</v>
+        <v>985</v>
       </c>
       <c r="B1692" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1692" s="1">
-        <v>45301.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1692" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
+        <v>Omgevingsvergunning herontwikkeling Slachthuisterrein</v>
       </c>
       <c r="E1692" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1692" s="0" t="str">
-        <v>TREW</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1693" spans="1:6" customFormat="false">
       <c r="A1693" s="0">
-        <v>1070</v>
+        <v>986</v>
       </c>
       <c r="B1693" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1693" s="1">
-        <v>45281.0</v>
+        <v>45191.0</v>
       </c>
       <c r="D1693" s="0" t="str">
-        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
+        <v>Voorjaarsbericht 2023</v>
       </c>
       <c r="E1693" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1693" s="0" t="str">
-        <v>TREW</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1694" spans="1:6" customFormat="false">
       <c r="A1694" s="0">
-        <v>1071</v>
+        <v>1028</v>
       </c>
       <c r="B1694" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1694" s="1">
-        <v>46022.0</v>
+        <v>45597.0</v>
       </c>
       <c r="D1694" s="0" t="str">
-        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
+        <v>Indonesische verpleegkundigen</v>
       </c>
       <c r="E1694" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1694" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1695" spans="1:6" customFormat="false">
       <c r="A1695" s="0">
-        <v>1072</v>
+        <v>1029</v>
       </c>
       <c r="B1695" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1695" s="1">
-        <v>46022.0</v>
+        <v>45247.0</v>
       </c>
       <c r="D1695" s="0" t="str">
-        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
+        <v>CO-med</v>
       </c>
       <c r="E1695" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1695" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1696" spans="1:6" customFormat="false">
       <c r="A1696" s="0">
-        <v>1073</v>
+        <v>1032</v>
       </c>
       <c r="B1696" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1696" s="1">
-        <v>46022.0</v>
+        <v>45572.0</v>
       </c>
       <c r="D1696" s="0" t="str">
-        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
+        <v>Gewijzigde) vaststelling bestemmingsplan Julianalaan te Sprang-Capelle</v>
       </c>
       <c r="E1696" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1696" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1697" spans="1:6" customFormat="false">
       <c r="A1697" s="0">
-        <v>1079</v>
+        <v>1066</v>
       </c>
       <c r="B1697" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1697" s="1">
-        <v>45406.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1697" s="0" t="str">
-        <v>Gespreksavond over de begroting 2024</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
       </c>
       <c r="E1697" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1697" s="0" t="str">
-        <v>TREW</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1698" spans="1:6" customFormat="false">
       <c r="A1698" s="0">
-        <v>1095</v>
+        <v>1067</v>
       </c>
       <c r="B1698" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1698" s="1">
-        <v>45839.0</v>
+        <v>45358.0</v>
       </c>
       <c r="D1698" s="0" t="str">
-        <v>Herstelbesluit bestemmingsplan ‘’Waalwijk, Sint Clemenskerk’’</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
       </c>
       <c r="E1698" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1698" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1699" spans="1:6" customFormat="false">
       <c r="A1699" s="0">
-        <v>1096</v>
+        <v>1068</v>
       </c>
       <c r="B1699" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1699" s="1">
-        <v>45260.0</v>
+        <v>45292.0</v>
       </c>
       <c r="D1699" s="0" t="str">
-        <v>Herstelbesluit bestemmingsplan ‘’Waalwijk, Sint Clemenskerk’’</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
       </c>
       <c r="E1699" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1699" s="0" t="str">
-        <v>TOOR</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1700" spans="1:6" customFormat="false">
       <c r="A1700" s="0">
-        <v>1097</v>
+        <v>1069</v>
       </c>
       <c r="B1700" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1700" s="1">
-        <v>45317.0</v>
+        <v>45301.0</v>
       </c>
       <c r="D1700" s="0" t="str">
-        <v>Regionale nota Publieke Gezondheid Midden-Brabant 2024-2027</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
       </c>
       <c r="E1700" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1700" s="0" t="str">
-        <v>TMAO</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1701" spans="1:6" customFormat="false">
       <c r="A1701" s="0">
-        <v>1098</v>
+        <v>1070</v>
       </c>
       <c r="B1701" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1701" s="1">
-        <v>45317.0</v>
+        <v>45281.0</v>
       </c>
       <c r="D1701" s="0" t="str">
-        <v>Opstellen van een prioriteitenoverzicht verduurzaming vastgoed</v>
+        <v>Concept Beleidsvisie Grootschalige Opwek Duurzame Energie</v>
       </c>
       <c r="E1701" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1701" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1702" spans="1:6" customFormat="false">
       <c r="A1702" s="0">
-        <v>1103</v>
+        <v>1071</v>
       </c>
       <c r="B1702" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1702" s="1">
-        <v>45258.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1702" s="0" t="str">
-        <v>Een krediet van € 3.528.000,- beschikbaar te stellen ten behoeve van de transitie van Sportpark De Gaard naar een blauw en klimaat adaptief sportpark</v>
+        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
       </c>
       <c r="E1702" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1702" s="0" t="str">
-        <v>TSPO</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1703" spans="1:6" customFormat="false">
       <c r="A1703" s="0">
-        <v>1106</v>
+        <v>1072</v>
       </c>
       <c r="B1703" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1703" s="1">
-        <v>45598.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1703" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
       </c>
       <c r="E1703" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1703" s="0" t="str">
-        <v>TICT</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1704" spans="1:6" customFormat="false">
       <c r="A1704" s="0">
-        <v>1107</v>
+        <v>1073</v>
       </c>
       <c r="B1704" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1704" s="1">
-        <v>45412.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1704" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>(Gewijzigde) vaststelling bestemmingsplan “Waalwijk, Mr. Van Coothstraat 6”</v>
       </c>
       <c r="E1704" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1704" s="0" t="str">
-        <v>TMAO</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1705" spans="1:6" customFormat="false">
       <c r="A1705" s="0">
-        <v>1108</v>
+        <v>1079</v>
       </c>
       <c r="B1705" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1705" s="1">
-        <v>45598.0</v>
+        <v>45406.0</v>
       </c>
       <c r="D1705" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Gespreksavond over de begroting 2024</v>
       </c>
       <c r="E1705" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1705" s="0" t="str">
-        <v>TFIN</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1706" spans="1:6" customFormat="false">
       <c r="A1706" s="0">
-        <v>1109</v>
+        <v>1095</v>
       </c>
       <c r="B1706" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1706" s="1">
-        <v>45445.0</v>
+        <v>45839.0</v>
       </c>
       <c r="D1706" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Herstelbesluit bestemmingsplan ‘’Waalwijk, Sint Clemenskerk’’</v>
       </c>
       <c r="E1706" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1706" s="0" t="str">
-        <v>TFIN</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1707" spans="1:6" customFormat="false">
       <c r="A1707" s="0">
-        <v>1110</v>
+        <v>1096</v>
       </c>
       <c r="B1707" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1707" s="1">
-        <v>45444.0</v>
+        <v>45260.0</v>
       </c>
       <c r="D1707" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Herstelbesluit bestemmingsplan ‘’Waalwijk, Sint Clemenskerk’’</v>
       </c>
       <c r="E1707" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1707" s="0" t="str">
-        <v>TREW</v>
+        <v>TOOR</v>
       </c>
     </row>
     <row r="1708" spans="1:6" customFormat="false">
       <c r="A1708" s="0">
-        <v>1111</v>
+        <v>1097</v>
       </c>
       <c r="B1708" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1708" s="1">
-        <v>45444.0</v>
+        <v>45317.0</v>
       </c>
       <c r="D1708" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Regionale nota Publieke Gezondheid Midden-Brabant 2024-2027</v>
       </c>
       <c r="E1708" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1708" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1709" spans="1:6" customFormat="false">
       <c r="A1709" s="0">
-        <v>1112</v>
+        <v>1098</v>
       </c>
       <c r="B1709" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1709" s="1">
-        <v>45413.0</v>
+        <v>45317.0</v>
       </c>
       <c r="D1709" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Opstellen van een prioriteitenoverzicht verduurzaming vastgoed</v>
       </c>
       <c r="E1709" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1709" s="0" t="str">
-        <v>TMAO</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1710" spans="1:6" customFormat="false">
       <c r="A1710" s="0">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="B1710" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1710" s="1">
-        <v>45384.0</v>
+        <v>45258.0</v>
       </c>
       <c r="D1710" s="0" t="str">
-        <v>Begrotingsvergadering 2 november 2023</v>
+        <v>Een krediet van € 3.528.000,- beschikbaar te stellen ten behoeve van de transitie van Sportpark De Gaard naar een blauw en klimaat adaptief sportpark</v>
       </c>
       <c r="E1710" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1710" s="0" t="str">
-        <v>TPNP</v>
+        <v>TSPO</v>
       </c>
     </row>
     <row r="1711" spans="1:6" customFormat="false">
       <c r="A1711" s="0">
-        <v>1208</v>
+        <v>1106</v>
       </c>
       <c r="B1711" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1711" s="1">
-        <v>45450.0</v>
+        <v>45598.0</v>
       </c>
       <c r="D1711" s="0" t="str">
-        <v>Vaststelling beleidsvisie Grootschalige Opwek Duurzame Energie inclusief Voorkeursalternatief</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1711" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1711" s="0" t="str">
-        <v>TREW</v>
+        <v>TICT</v>
       </c>
     </row>
     <row r="1712" spans="1:6" customFormat="false">
       <c r="A1712" s="0">
-        <v>1209</v>
+        <v>1107</v>
       </c>
       <c r="B1712" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1712" s="1">
-        <v>45658.0</v>
+        <v>45412.0</v>
       </c>
       <c r="D1712" s="0" t="str">
-        <v>Vaststelling beleidsvisie Grootschalige Opwek Duurzame Energie inclusief Voorkeursalternatief</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1712" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1712" s="0" t="str">
-        <v>TREW</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1713" spans="1:6" customFormat="false">
       <c r="A1713" s="0">
-        <v>1217</v>
+        <v>1108</v>
       </c>
       <c r="B1713" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1713" s="1">
-        <v>45464.0</v>
+        <v>45598.0</v>
       </c>
       <c r="D1713" s="0" t="str">
-        <v>Raadsvoorstel Koers Sociaal Domein; n.a.v. inspreken Actief Zorg</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1713" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1713" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1714" spans="1:6" customFormat="false">
       <c r="A1714" s="0">
-        <v>1238</v>
+        <v>1109</v>
       </c>
       <c r="B1714" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1714" s="1">
-        <v>45484.0</v>
+        <v>45445.0</v>
       </c>
       <c r="D1714" s="0" t="str">
-        <v>Actualisatie van de begroting 2024 Baanbrekers</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1714" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1714" s="0" t="str">
-        <v>TMAO</v>
+        <v>TFIN</v>
       </c>
     </row>
     <row r="1715" spans="1:6" customFormat="false">
       <c r="A1715" s="0">
-        <v>1273</v>
+        <v>1110</v>
       </c>
       <c r="B1715" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1715" s="1">
-        <v>45653.0</v>
+        <v>45444.0</v>
       </c>
       <c r="D1715" s="0" t="str">
-        <v>Raadsvergadering 27 juni 2024</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1715" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1715" s="0" t="str">
-        <v>TORV</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1716" spans="1:6" customFormat="false">
       <c r="A1716" s="0">
-        <v>1274</v>
+        <v>1111</v>
       </c>
       <c r="B1716" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1716" s="1">
-        <v>45653.0</v>
+        <v>45444.0</v>
       </c>
       <c r="D1716" s="0" t="str">
-        <v>Raadsvergadering 27 juni 2024 Gedempte Haven</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1716" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1716" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1717" spans="1:6" customFormat="false">
       <c r="A1717" s="0">
-        <v>1285</v>
+        <v>1112</v>
       </c>
       <c r="B1717" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1717" s="1">
-        <v>45793.0</v>
+        <v>45413.0</v>
       </c>
       <c r="D1717" s="0" t="str">
-        <v>Kaderstellend debat 4 juli 2024 Regenbooggemeente</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1717" s="0" t="str">
         <v>S. Schuijffel</v>
       </c>
       <c r="F1717" s="0" t="str">
-        <v>BSD</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1718" spans="1:6" customFormat="false">
       <c r="A1718" s="0">
-        <v>1286</v>
+        <v>1113</v>
       </c>
       <c r="B1718" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1718" s="1">
-        <v>45569.0</v>
+        <v>45384.0</v>
       </c>
       <c r="D1718" s="0" t="str">
-        <v>Kaderstellend debat 4 juli 2024 motie Gezondheidscentra Waalwijk</v>
+        <v>Begrotingsvergadering 2 november 2023</v>
       </c>
       <c r="E1718" s="0" t="str">
-        <v>D. Odabasi</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1718" s="0" t="str">
-        <v>BSD</v>
+        <v>TPNP</v>
       </c>
     </row>
     <row r="1719" spans="1:6" customFormat="false">
       <c r="A1719" s="0">
-        <v>1287</v>
+        <v>1208</v>
       </c>
       <c r="B1719" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1719" s="1">
-        <v>45627.0</v>
+        <v>45450.0</v>
       </c>
       <c r="D1719" s="0" t="str">
-        <v xml:space="preserve">Kaderstellend debat 4 juli 2024 Landgoed Driessen Fase 2 </v>
+        <v>Vaststelling beleidsvisie Grootschalige Opwek Duurzame Energie inclusief Voorkeursalternatief</v>
       </c>
       <c r="E1719" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1719" s="0" t="str">
         <v>TREW</v>
       </c>
     </row>
     <row r="1720" spans="1:6" customFormat="false">
       <c r="A1720" s="0">
-        <v>1288</v>
+        <v>1209</v>
       </c>
       <c r="B1720" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1720" s="1">
-        <v>46022.0</v>
+        <v>45658.0</v>
       </c>
       <c r="D1720" s="0" t="str">
-        <v>Kaderstellend debat 4 juli 2024 Motie Gezondheidscentra Waalwijk</v>
+        <v>Vaststelling beleidsvisie Grootschalige Opwek Duurzame Energie inclusief Voorkeursalternatief</v>
       </c>
       <c r="E1720" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1720" s="0" t="str">
-        <v>OBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1721" spans="1:6" customFormat="false">
       <c r="A1721" s="0">
-        <v>1289</v>
+        <v>1217</v>
       </c>
       <c r="B1721" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1721" s="1">
-        <v>46022.0</v>
+        <v>45464.0</v>
       </c>
       <c r="D1721" s="0" t="str">
-        <v xml:space="preserve">Kaderstellend debat 4 juli 2024 Nota Ruimte van het Rijk </v>
+        <v>Raadsvoorstel Koers Sociaal Domein; n.a.v. inspreken Actief Zorg</v>
       </c>
       <c r="E1721" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1721" s="0" t="str">
-        <v>OBL</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1722" spans="1:6" customFormat="false">
       <c r="A1722" s="0">
-        <v>1290</v>
+        <v>1238</v>
       </c>
       <c r="B1722" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1722" s="1">
-        <v>45569.0</v>
+        <v>45484.0</v>
       </c>
       <c r="D1722" s="0" t="str">
-        <v>Kaderstellend debat 4 juli 2024 Uitvoeringstoets</v>
+        <v>Actualisatie van de begroting 2024 Baanbrekers</v>
       </c>
       <c r="E1722" s="0" t="str">
-        <v>S. Ausems</v>
+        <v>F. Spierings</v>
       </c>
       <c r="F1722" s="0" t="str">
-        <v>DIRC</v>
+        <v>TMAO</v>
       </c>
     </row>
     <row r="1723" spans="1:6" customFormat="false">
       <c r="A1723" s="0">
-        <v>1319</v>
+        <v>1273</v>
       </c>
       <c r="B1723" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1723" s="1">
-        <v>46022.0</v>
+        <v>45653.0</v>
       </c>
       <c r="D1723" s="0" t="str">
-        <v>Openstelling zwembad Zinewinde (RV ontwikkelingen surfvijver en stadsstrand)</v>
+        <v>Raadsvergadering 27 juni 2024</v>
       </c>
       <c r="E1723" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1723" s="0" t="str">
-        <v>BSD</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1724" spans="1:6" customFormat="false">
       <c r="A1724" s="0">
-        <v>1320</v>
+        <v>1274</v>
       </c>
       <c r="B1724" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1724" s="1">
-        <v>45552.0</v>
+        <v>45653.0</v>
       </c>
       <c r="D1724" s="0" t="str">
-        <v>Regeling grote gezinnen (RV grondstoffenbeleidsplan)</v>
+        <v>Raadsvergadering 27 juni 2024 Gedempte Haven</v>
       </c>
       <c r="E1724" s="0" t="str">
-        <v>S. Schuijffel</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1724" s="0" t="str">
-        <v>RBL</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1725" spans="1:6" customFormat="false">
       <c r="A1725" s="0">
-        <v>1343</v>
+        <v>1285</v>
       </c>
       <c r="B1725" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1725" s="1">
-        <v>45652.0</v>
+        <v>45793.0</v>
       </c>
       <c r="D1725" s="0" t="str">
-        <v>Tenderstrategie voor de verkoop van oostzijde Kropholler met erfpacht</v>
+        <v>Kaderstellend debat 4 juli 2024 Regenbooggemeente</v>
       </c>
       <c r="E1725" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1725" s="0" t="str">
-        <v>TORV</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1726" spans="1:6" customFormat="false">
       <c r="A1726" s="0">
-        <v>1344</v>
+        <v>1286</v>
       </c>
       <c r="B1726" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1726" s="1">
-        <v>46174.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1726" s="0" t="str">
-        <v>IUP 2025-2028</v>
+        <v>Kaderstellend debat 4 juli 2024 motie Gezondheidscentra Waalwijk</v>
       </c>
       <c r="E1726" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>D. Odabasi</v>
       </c>
       <c r="F1726" s="0" t="str">
-        <v>RBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1727" spans="1:6" customFormat="false">
       <c r="A1727" s="0">
-        <v>1367</v>
+        <v>1287</v>
       </c>
       <c r="B1727" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1727" s="1">
-        <v>45968.0</v>
+        <v>45627.0</v>
       </c>
       <c r="D1727" s="0" t="str">
-        <v>Begrotingvergadering 7 nov - budget nieuwbouw Koningsschool</v>
+        <v xml:space="preserve">Kaderstellend debat 4 juli 2024 Landgoed Driessen Fase 2 </v>
       </c>
       <c r="E1727" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1727" s="0" t="str">
-        <v>BSD</v>
+        <v>TREW</v>
       </c>
     </row>
     <row r="1728" spans="1:6" customFormat="false">
       <c r="A1728" s="0">
-        <v>1378</v>
+        <v>1288</v>
       </c>
       <c r="B1728" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1728" s="1">
-        <v>45695.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1728" s="0" t="str">
-        <v>Begrotingsvergadering 071124; natuurgebied ten noorden van de spoordijk</v>
+        <v>Kaderstellend debat 4 juli 2024 Motie Gezondheidscentra Waalwijk</v>
       </c>
       <c r="E1728" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1728" s="0" t="str">
-        <v>RBL</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1729" spans="1:6" customFormat="false">
       <c r="A1729" s="0">
-        <v>1379</v>
+        <v>1289</v>
       </c>
       <c r="B1729" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1729" s="1">
-        <v>45695.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1729" s="0" t="str">
-        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
+        <v xml:space="preserve">Kaderstellend debat 4 juli 2024 Nota Ruimte van het Rijk </v>
       </c>
       <c r="E1729" s="0" t="str">
         <v>A. de Jong</v>
       </c>
       <c r="F1729" s="0" t="str">
-        <v>BSD</v>
+        <v>OBL</v>
       </c>
     </row>
     <row r="1730" spans="1:6" customFormat="false">
       <c r="A1730" s="0">
-        <v>1380</v>
+        <v>1290</v>
       </c>
       <c r="B1730" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1730" s="1">
-        <v>45695.0</v>
+        <v>45569.0</v>
       </c>
       <c r="D1730" s="0" t="str">
-        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
+        <v>Kaderstellend debat 4 juli 2024 Uitvoeringstoets</v>
       </c>
       <c r="E1730" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>S. Ausems</v>
       </c>
       <c r="F1730" s="0" t="str">
-        <v>OBL</v>
+        <v>DIRC</v>
       </c>
     </row>
     <row r="1731" spans="1:6" customFormat="false">
       <c r="A1731" s="0">
-        <v>1381</v>
+        <v>1319</v>
       </c>
       <c r="B1731" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1731" s="1">
-        <v>45695.0</v>
+        <v>46022.0</v>
       </c>
       <c r="D1731" s="0" t="str">
-        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
+        <v>Openstelling zwembad Zinewinde (RV ontwikkelingen surfvijver en stadsstrand)</v>
       </c>
       <c r="E1731" s="0" t="str">
-        <v>A. de Jong</v>
+        <v>T. Klerx</v>
       </c>
       <c r="F1731" s="0" t="str">
-        <v>OBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1732" spans="1:6" customFormat="false">
       <c r="A1732" s="0">
-        <v>1382</v>
+        <v>1320</v>
       </c>
       <c r="B1732" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1732" s="1">
-        <v>45695.0</v>
+        <v>45552.0</v>
       </c>
       <c r="D1732" s="0" t="str">
-        <v xml:space="preserve">Beschikbaar stellen budget uitbreiding Koningsschool </v>
+        <v>Regeling grote gezinnen (RV grondstoffenbeleidsplan)</v>
       </c>
       <c r="E1732" s="0" t="str">
-        <v>S. Slaats</v>
+        <v>S. Schuijffel</v>
       </c>
       <c r="F1732" s="0" t="str">
-        <v>BSD</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1733" spans="1:6" customFormat="false">
       <c r="A1733" s="0">
-        <v>1399</v>
+        <v>1343</v>
       </c>
       <c r="B1733" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1733" s="1">
-        <v>45673.0</v>
+        <v>45652.0</v>
       </c>
       <c r="D1733" s="0" t="str">
-        <v>Potentiële onwikkellocaties sportvoorzieningen Waspik</v>
+        <v>Tenderstrategie voor de verkoop van oostzijde Kropholler met erfpacht</v>
       </c>
       <c r="E1733" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1733" s="0" t="str">
-        <v>OBL</v>
+        <v>TORV</v>
       </c>
     </row>
     <row r="1734" spans="1:6" customFormat="false">
       <c r="A1734" s="0">
-        <v>1463</v>
+        <v>1344</v>
       </c>
       <c r="B1734" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1734" s="1">
-        <v>45964.0</v>
+        <v>46174.0</v>
       </c>
       <c r="D1734" s="0" t="str">
-        <v>Raadsvoorstel Reconstructie Winterdijk Sprang-Capelle</v>
+        <v>IUP 2025-2028</v>
       </c>
       <c r="E1734" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1734" s="0" t="str">
         <v>RBL</v>
       </c>
     </row>
     <row r="1735" spans="1:6" customFormat="false">
       <c r="A1735" s="0">
-        <v>1464</v>
+        <v>1367</v>
       </c>
       <c r="B1735" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1735" s="1">
-        <v>45841.0</v>
+        <v>45968.0</v>
       </c>
       <c r="D1735" s="0" t="str">
-        <v>Raadsvoorstel Reconstructie Winterdijk Sprang-Capelle</v>
+        <v>Begrotingvergadering 7 nov - budget nieuwbouw Koningsschool</v>
       </c>
       <c r="E1735" s="0" t="str">
-        <v>T. Klerx</v>
+        <v>S. Slaats</v>
       </c>
       <c r="F1735" s="0" t="str">
-        <v>RBL</v>
+        <v>BSD</v>
       </c>
     </row>
     <row r="1736" spans="1:6" customFormat="false">
       <c r="A1736" s="0">
-        <v>1505</v>
+        <v>1378</v>
       </c>
       <c r="B1736" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1736" s="1">
-        <v>46054.0</v>
+        <v>45695.0</v>
       </c>
       <c r="D1736" s="0" t="str">
-        <v>GOL</v>
+        <v>Begrotingsvergadering 071124; natuurgebied ten noorden van de spoordijk</v>
       </c>
       <c r="E1736" s="0" t="str">
         <v>F. Spierings</v>
       </c>
       <c r="F1736" s="0" t="str">
-        <v>OBL</v>
+        <v>RBL</v>
       </c>
     </row>
     <row r="1737" spans="1:6" customFormat="false">
       <c r="A1737" s="0">
-        <v>1515</v>
+        <v>1379</v>
       </c>
       <c r="B1737" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1737" s="1">
-        <v>45994.0</v>
+        <v>45695.0</v>
       </c>
       <c r="D1737" s="0" t="str">
-        <v>Kaderstellend debat</v>
+        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
       </c>
       <c r="E1737" s="0" t="str">
-        <v>S. Schuijffel</v>
-[...1 lines deleted...]
-      <c r="F1737" s="0"/>
+        <v>A. de Jong</v>
+      </c>
+      <c r="F1737" s="0" t="str">
+        <v>BSD</v>
+      </c>
     </row>
     <row r="1738" spans="1:6" customFormat="false">
       <c r="A1738" s="0">
-        <v>1557</v>
+        <v>1380</v>
       </c>
       <c r="B1738" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1738" s="1">
-        <v>46002.0</v>
+        <v>45695.0</v>
       </c>
       <c r="D1738" s="0" t="str">
-        <v>Voteren krediet herstel en vervangen van de kademuren Scharloo</v>
+        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
       </c>
       <c r="E1738" s="0" t="str">
-        <v>F. Spierings</v>
+        <v>A. de Jong</v>
       </c>
       <c r="F1738" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1739" spans="1:6" customFormat="false">
       <c r="A1739" s="0">
-        <v>1558</v>
+        <v>1381</v>
       </c>
       <c r="B1739" s="0" t="str">
         <v>Toezeggingen</v>
       </c>
       <c r="C1739" s="1">
+        <v>45695.0</v>
+      </c>
+      <c r="D1739" s="0" t="str">
+        <v>Uitgangspunten Landgoed Driessen Fase 2</v>
+      </c>
+      <c r="E1739" s="0" t="str">
+        <v>A. de Jong</v>
+      </c>
+      <c r="F1739" s="0" t="str">
+        <v>OBL</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:6" customFormat="false">
+      <c r="A1740" s="0">
+        <v>1382</v>
+      </c>
+      <c r="B1740" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1740" s="1">
+        <v>45695.0</v>
+      </c>
+      <c r="D1740" s="0" t="str">
+        <v xml:space="preserve">Beschikbaar stellen budget uitbreiding Koningsschool </v>
+      </c>
+      <c r="E1740" s="0" t="str">
+        <v>S. Slaats</v>
+      </c>
+      <c r="F1740" s="0" t="str">
+        <v>BSD</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:6" customFormat="false">
+      <c r="A1741" s="0">
+        <v>1399</v>
+      </c>
+      <c r="B1741" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1741" s="1">
+        <v>45673.0</v>
+      </c>
+      <c r="D1741" s="0" t="str">
+        <v>Potentiële onwikkellocaties sportvoorzieningen Waspik</v>
+      </c>
+      <c r="E1741" s="0" t="str">
+        <v>T. Klerx</v>
+      </c>
+      <c r="F1741" s="0" t="str">
+        <v>OBL</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:6" customFormat="false">
+      <c r="A1742" s="0">
+        <v>1463</v>
+      </c>
+      <c r="B1742" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1742" s="1">
+        <v>45964.0</v>
+      </c>
+      <c r="D1742" s="0" t="str">
+        <v>Raadsvoorstel Reconstructie Winterdijk Sprang-Capelle</v>
+      </c>
+      <c r="E1742" s="0" t="str">
+        <v>T. Klerx</v>
+      </c>
+      <c r="F1742" s="0" t="str">
+        <v>RBL</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:6" customFormat="false">
+      <c r="A1743" s="0">
+        <v>1464</v>
+      </c>
+      <c r="B1743" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1743" s="1">
+        <v>45841.0</v>
+      </c>
+      <c r="D1743" s="0" t="str">
+        <v>Raadsvoorstel Reconstructie Winterdijk Sprang-Capelle</v>
+      </c>
+      <c r="E1743" s="0" t="str">
+        <v>T. Klerx</v>
+      </c>
+      <c r="F1743" s="0" t="str">
+        <v>RBL</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:6" customFormat="false">
+      <c r="A1744" s="0">
+        <v>1505</v>
+      </c>
+      <c r="B1744" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1744" s="1">
+        <v>46054.0</v>
+      </c>
+      <c r="D1744" s="0" t="str">
+        <v>GOL</v>
+      </c>
+      <c r="E1744" s="0" t="str">
+        <v>F. Spierings</v>
+      </c>
+      <c r="F1744" s="0" t="str">
+        <v>OBL</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:6" customFormat="false">
+      <c r="A1745" s="0">
+        <v>1515</v>
+      </c>
+      <c r="B1745" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1745" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="D1745" s="0" t="str">
+        <v>Kaderstellend debat</v>
+      </c>
+      <c r="E1745" s="0" t="str">
+        <v>S. Schuijffel</v>
+      </c>
+      <c r="F1745" s="0"/>
+    </row>
+    <row r="1746" spans="1:6" customFormat="false">
+      <c r="A1746" s="0">
+        <v>1557</v>
+      </c>
+      <c r="B1746" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1746" s="1">
         <v>46002.0</v>
       </c>
-      <c r="D1739" s="0" t="str">
+      <c r="D1746" s="0" t="str">
+        <v>Voteren krediet herstel en vervangen van de kademuren Scharloo</v>
+      </c>
+      <c r="E1746" s="0" t="str">
+        <v>F. Spierings</v>
+      </c>
+      <c r="F1746" s="0" t="str">
+        <v>OBL</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:6" customFormat="false">
+      <c r="A1747" s="0">
+        <v>1558</v>
+      </c>
+      <c r="B1747" s="0" t="str">
+        <v>Toezeggingen</v>
+      </c>
+      <c r="C1747" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="D1747" s="0" t="str">
         <v>Motie Schoenenmuseum gedateerd op 3 juli</v>
       </c>
-      <c r="E1739" s="0" t="str">
+      <c r="E1747" s="0" t="str">
         <v>T. Klerx</v>
       </c>
-      <c r="F1739" s="0" t="str">
+      <c r="F1747" s="0" t="str">
         <v>BSD</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="0" scale="0" firstPageNumber="0" orientation="portrait" usePrinterDefaults="false" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>