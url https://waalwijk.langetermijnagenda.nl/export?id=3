--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -21923,51 +21923,51 @@
       </c>
       <c r="B1078" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1078" s="1">
         <v>45777.0</v>
       </c>
       <c r="D1078" s="0" t="str">
         <v>Nr 27 Inwoner Waalwijk: leefbaar Waalwijk</v>
       </c>
       <c r="E1078" s="0" t="str">
         <v>S. Ausems</v>
       </c>
       <c r="F1078" s="0" t="str">
         <v>LTH</v>
       </c>
     </row>
     <row r="1079" spans="1:6" customFormat="false">
       <c r="A1079" s="0">
         <v>1433</v>
       </c>
       <c r="B1079" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1079" s="1">
-        <v>45804.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D1079" s="0" t="str">
         <v xml:space="preserve">Nr. 31 Bewonersgroep Margrietlaan Locatie nieuwe sporthal Waspik </v>
       </c>
       <c r="E1079" s="0" t="str">
         <v>T. Klerx</v>
       </c>
       <c r="F1079" s="0" t="str">
         <v>OBL</v>
       </c>
     </row>
     <row r="1080" spans="1:6" customFormat="false">
       <c r="A1080" s="0">
         <v>1434</v>
       </c>
       <c r="B1080" s="0" t="str">
         <v>Ingekomen stukken</v>
       </c>
       <c r="C1080" s="1">
         <v>45805.0</v>
       </c>
       <c r="D1080" s="0" t="str">
         <v>Nr. 34 Inwoner Sprang-Capelle Ontwikkelingen centrum Vrijhoeve</v>
       </c>
       <c r="E1080" s="0" t="str">